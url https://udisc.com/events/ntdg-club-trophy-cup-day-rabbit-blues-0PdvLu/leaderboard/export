--- v0 (2026-01-28)
+++ v1 (2026-02-18)
@@ -981,51 +981,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Rimu</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E7">
         <v>-1</v>
       </c>
       <c r="F7">
         <v>63</v>
       </c>
       <c r="G7">
         <v>306021</v>
       </c>
       <c r="H7" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I7">
         <v>-1</v>
       </c>
       <c r="J7">
         <v>63</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>5</v>
       </c>