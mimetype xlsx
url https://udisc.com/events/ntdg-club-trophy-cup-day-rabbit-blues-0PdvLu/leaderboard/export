--- v1 (2026-02-18)
+++ v2 (2026-03-30)
@@ -894,50 +894,53 @@
         <v>3</v>
       </c>
       <c r="AB5">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Rimu</v>
       </c>
       <c r="B6" t="str">
         <v>T3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>61</v>
       </c>
+      <c r="G6">
+        <v>321500</v>
+      </c>
       <c r="H6" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>61</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">