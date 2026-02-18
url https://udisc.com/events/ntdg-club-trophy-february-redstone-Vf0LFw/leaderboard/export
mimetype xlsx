--- v0 (2025-12-20)
+++ v1 (2026-02-18)
@@ -1087,51 +1087,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B18" t="str">
         <v>T7</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>72</v>
       </c>
       <c r="G18">
         <v>306021</v>
       </c>
       <c r="H18" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18">
         <v>7</v>
       </c>
       <c r="K18">
         <v>31</v>
       </c>
       <c r="L18">
         <v>41</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B19" t="str">
         <v>9</v>
       </c>
       <c r="C19">
         <v>9</v>
       </c>
       <c r="D19" t="str">
@@ -2293,51 +2293,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B16" t="str">
         <v>T4</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
       <c r="D16" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
         <v>31</v>
       </c>
       <c r="G16">
         <v>306021</v>
       </c>
       <c r="H16" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16">
         <v>31</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
@@ -3864,51 +3864,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B18" t="str">
         <v>T7</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>72</v>
       </c>
       <c r="G18">
         <v>306021</v>
       </c>
       <c r="H18" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I18">
         <v>7</v>
       </c>
       <c r="J18">
         <v>41</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>5</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>6</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>