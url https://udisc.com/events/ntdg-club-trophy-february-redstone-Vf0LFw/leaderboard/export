--- v1 (2026-02-18)
+++ v2 (2026-03-31)
@@ -899,50 +899,53 @@
         <v>29</v>
       </c>
       <c r="L12">
         <v>38</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B13" t="str">
         <v>T3</v>
       </c>
       <c r="C13">
         <v>3</v>
       </c>
       <c r="D13" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="E13">
         <v>4</v>
       </c>
       <c r="F13">
         <v>68</v>
       </c>
+      <c r="G13">
+        <v>321500</v>
+      </c>
       <c r="H13" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13">
         <v>3</v>
       </c>
       <c r="K13">
         <v>31</v>
       </c>
       <c r="L13">
         <v>37</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B14" t="str">
         <v>T3</v>
       </c>
       <c r="C14">
         <v>3</v>
@@ -2348,50 +2351,53 @@
         <v>5</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B17" t="str">
         <v>T4</v>
       </c>
       <c r="C17">
         <v>4</v>
       </c>
       <c r="D17" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
         <v>31</v>
       </c>
+      <c r="G17">
+        <v>321500</v>
+      </c>
       <c r="H17" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17">
         <v>31</v>
       </c>
       <c r="K17">
         <v>4</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
@@ -3571,50 +3577,53 @@
         <v>5</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B13" t="str">
         <v>T3</v>
       </c>
       <c r="C13">
         <v>3</v>
       </c>
       <c r="D13" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="E13">
         <v>4</v>
       </c>
       <c r="F13">
         <v>68</v>
       </c>
+      <c r="G13">
+        <v>321500</v>
+      </c>
       <c r="H13" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="I13">
         <v>3</v>
       </c>
       <c r="J13">
         <v>37</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>6</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">