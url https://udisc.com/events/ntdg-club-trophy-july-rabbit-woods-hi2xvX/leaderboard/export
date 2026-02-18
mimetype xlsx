--- v0 (2025-12-20)
+++ v1 (2026-02-18)
@@ -1494,51 +1494,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B13" t="str">
         <v>5</v>
       </c>
       <c r="C13">
         <v>5</v>
       </c>
       <c r="D13" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E13">
         <v>9</v>
       </c>
       <c r="F13">
         <v>72</v>
       </c>
       <c r="G13">
         <v>306021</v>
       </c>
       <c r="H13" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I13">
         <v>9</v>
       </c>
       <c r="J13">
         <v>72</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>5</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>5</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>