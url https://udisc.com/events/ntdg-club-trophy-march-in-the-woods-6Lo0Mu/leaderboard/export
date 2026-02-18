--- v0 (2025-12-20)
+++ v1 (2026-02-18)
@@ -1752,51 +1752,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B16" t="str">
         <v>6</v>
       </c>
       <c r="C16">
         <v>6</v>
       </c>
       <c r="D16" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E16">
         <v>26</v>
       </c>
       <c r="F16">
         <v>88</v>
       </c>
       <c r="G16">
         <v>306021</v>
       </c>
       <c r="H16" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I16">
         <v>26</v>
       </c>
       <c r="J16">
         <v>88</v>
       </c>
       <c r="K16">
         <v>6</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>5</v>
       </c>
       <c r="N16">
         <v>5</v>
       </c>
       <c r="O16">
         <v>5</v>
       </c>
       <c r="P16">
         <v>7</v>
       </c>