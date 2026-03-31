--- v1 (2026-02-18)
+++ v2 (2026-03-31)
@@ -1321,50 +1321,53 @@
         <v>4</v>
       </c>
       <c r="AB10">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B11" t="str">
         <v>1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="E11">
         <v>11</v>
       </c>
       <c r="F11">
         <v>73</v>
       </c>
+      <c r="G11">
+        <v>321500</v>
+      </c>
       <c r="H11" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="I11">
         <v>11</v>
       </c>
       <c r="J11">
         <v>73</v>
       </c>
       <c r="K11">
         <v>5</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">