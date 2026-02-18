--- v0 (2025-12-19)
+++ v1 (2026-02-18)
@@ -1354,51 +1354,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B12" t="str">
         <v>T4</v>
       </c>
       <c r="C12">
         <v>4</v>
       </c>
       <c r="D12" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12">
         <v>63</v>
       </c>
       <c r="G12">
         <v>306021</v>
       </c>
       <c r="H12" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I12">
         <v>3</v>
       </c>
       <c r="J12">
         <v>63</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>