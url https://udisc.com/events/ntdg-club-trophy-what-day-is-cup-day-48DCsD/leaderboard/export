--- v0 (2025-12-20)
+++ v1 (2026-02-18)
@@ -3009,51 +3009,51 @@
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>Casual</v>
       </c>
       <c r="B28" t="str">
         <v>1</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E28">
         <v>9</v>
       </c>
       <c r="F28">
         <v>51</v>
       </c>
       <c r="G28">
         <v>306021</v>
       </c>
       <c r="H28" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I28">
         <v>9</v>
       </c>
       <c r="J28">
         <v>51</v>
       </c>
       <c r="K28">
         <v>2</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>2</v>
       </c>
       <c r="N28">
         <v>2</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>