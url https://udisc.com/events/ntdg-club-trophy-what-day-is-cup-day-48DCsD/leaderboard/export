--- v1 (2026-02-18)
+++ v2 (2026-03-30)
@@ -1408,50 +1408,53 @@
         <v>2</v>
       </c>
       <c r="AE10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Member</v>
       </c>
       <c r="B11" t="str">
         <v>4</v>
       </c>
       <c r="C11">
         <v>4</v>
       </c>
       <c r="D11" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="E11">
         <v>4</v>
       </c>
       <c r="F11">
         <v>46</v>
       </c>
+      <c r="G11">
+        <v>321500</v>
+      </c>
       <c r="H11" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="I11">
         <v>4</v>
       </c>
       <c r="J11">
         <v>46</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">