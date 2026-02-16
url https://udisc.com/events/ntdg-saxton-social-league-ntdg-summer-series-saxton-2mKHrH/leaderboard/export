--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -1360,51 +1360,51 @@
       <c r="D10">
         <v>2</v>
       </c>
       <c r="E10" t="str">
         <v>OPEN</v>
       </c>
       <c r="F10" t="str">
         <v>T8</v>
       </c>
       <c r="G10">
         <v>8</v>
       </c>
       <c r="H10" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="I10">
         <v>4</v>
       </c>
       <c r="J10">
         <v>64</v>
       </c>
       <c r="K10">
         <v>306021</v>
       </c>
       <c r="L10" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
         <v>64</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>