--- v1 (2026-02-16)
+++ v2 (2026-03-10)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-2</v>
       </c>
       <c r="D2">
         <v>-3</v>
       </c>
       <c r="E2" t="str">
         <v>OPEN</v>
       </c>
       <c r="F2" t="str">
         <v>T5</v>
       </c>
       <c r="G2">
         <v>5</v>
       </c>
       <c r="H2" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2">
         <v>61</v>
       </c>
+      <c r="K2">
+        <v>321500</v>
+      </c>
       <c r="L2" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2">
         <v>61</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>5</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">