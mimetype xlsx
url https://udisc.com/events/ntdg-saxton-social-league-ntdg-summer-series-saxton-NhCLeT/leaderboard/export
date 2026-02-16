--- v0 (2025-12-20)
+++ v1 (2026-02-16)
@@ -554,51 +554,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E2">
         <v>-3</v>
       </c>
       <c r="F2">
         <v>57</v>
       </c>
       <c r="G2">
         <v>306021</v>
       </c>
       <c r="H2" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I2">
         <v>-3</v>
       </c>
       <c r="J2">
         <v>57</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>