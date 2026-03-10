--- v1 (2026-02-16)
+++ v2 (2026-03-10)
@@ -894,50 +894,53 @@
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>OPEN</v>
       </c>
       <c r="B6" t="str">
         <v>T3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="E6">
         <v>-6</v>
       </c>
       <c r="F6">
         <v>54</v>
       </c>
+      <c r="G6">
+        <v>321500</v>
+      </c>
       <c r="H6" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="I6">
         <v>-6</v>
       </c>
       <c r="J6">
         <v>54</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">