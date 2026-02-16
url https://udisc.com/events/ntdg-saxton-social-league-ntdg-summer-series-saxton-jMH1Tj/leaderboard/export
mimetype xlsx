--- v0 (2025-11-29)
+++ v1 (2026-02-16)
@@ -981,51 +981,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>OPEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>56</v>
       </c>
       <c r="G7">
         <v>306021</v>
       </c>
       <c r="H7" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I7">
         <v>-4</v>
       </c>
       <c r="J7">
         <v>56</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>