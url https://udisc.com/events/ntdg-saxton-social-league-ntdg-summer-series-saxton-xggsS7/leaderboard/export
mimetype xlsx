--- v0 (2025-10-19)
+++ v1 (2026-02-16)
@@ -1654,51 +1654,51 @@
       <c r="D13">
         <v>1</v>
       </c>
       <c r="E13" t="str">
         <v>OPEN</v>
       </c>
       <c r="F13" t="str">
         <v>T9</v>
       </c>
       <c r="G13">
         <v>9</v>
       </c>
       <c r="H13" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="I13">
         <v>3</v>
       </c>
       <c r="J13">
         <v>63</v>
       </c>
       <c r="K13">
         <v>306021</v>
       </c>
       <c r="L13" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>63</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>5</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">
         <v>5</v>
       </c>