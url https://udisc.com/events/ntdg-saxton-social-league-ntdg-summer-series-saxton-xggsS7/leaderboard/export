--- v1 (2026-02-16)
+++ v2 (2026-03-10)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-8</v>
       </c>
       <c r="D2">
         <v>-7</v>
       </c>
       <c r="E2" t="str">
         <v>OPEN</v>
       </c>
       <c r="F2" t="str">
         <v>T4</v>
       </c>
       <c r="G2">
         <v>4</v>
       </c>
       <c r="H2" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="I2">
         <v>-1</v>
       </c>
       <c r="J2">
         <v>59</v>
       </c>
+      <c r="K2">
+        <v>321500</v>
+      </c>
       <c r="L2" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="M2">
         <v>-1</v>
       </c>
       <c r="N2">
         <v>59</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">