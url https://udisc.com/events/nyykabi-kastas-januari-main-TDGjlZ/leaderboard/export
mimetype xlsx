--- v0 (2026-01-29)
+++ v1 (2026-02-22)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:T12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
   </cols>
@@ -513,84 +513,84 @@
       </c>
       <c r="R1" t="str">
         <v>hole_7</v>
       </c>
       <c r="S1" t="str">
         <v>hole_8</v>
       </c>
       <c r="T1" t="str">
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Joel Finskas</v>
       </c>
       <c r="E2">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="F2">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I2" t="str">
         <v>joelfinskas</v>
       </c>
       <c r="J2">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="K2">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Robert Åström</v>
       </c>
       <c r="E3">
@@ -634,316 +634,540 @@
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>DUP</v>
       </c>
       <c r="D4" t="str">
         <v>Joel Finskas</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
       <c r="F4">
         <v>32</v>
       </c>
       <c r="G4">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I4" t="str">
         <v>joelfinskas</v>
       </c>
       <c r="J4">
         <v>2</v>
       </c>
       <c r="K4">
         <v>32</v>
       </c>
       <c r="L4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>4</v>
       </c>
       <c r="R4">
         <v>5</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>DUP</v>
       </c>
       <c r="D5" t="str">
         <v>Joel Finskas</v>
       </c>
       <c r="E5">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F5">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I5" t="str">
         <v>joelfinskas</v>
       </c>
       <c r="J5">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="K5">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>DUP</v>
       </c>
       <c r="D6" t="str">
         <v>Joel Finskas</v>
       </c>
       <c r="E6">
         <v>3</v>
       </c>
       <c r="F6">
         <v>33</v>
       </c>
       <c r="G6">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I6" t="str">
         <v>joelfinskas</v>
       </c>
       <c r="J6">
         <v>3</v>
       </c>
       <c r="K6">
         <v>33</v>
       </c>
       <c r="L6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DUP</v>
       </c>
       <c r="D7" t="str">
-        <v>Robert Åström</v>
+        <v>Joel Finskas</v>
       </c>
       <c r="E7">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F7">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I7" t="str">
-        <v>robertastrom</v>
+        <v>joelfinskas</v>
       </c>
       <c r="J7">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K7">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N7">
+        <v>4</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
+      <c r="Q7">
+        <v>4</v>
+      </c>
+      <c r="R7">
         <v>5</v>
       </c>
-      <c r="O7">
-[...10 lines deleted...]
-      </c>
       <c r="S7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DUP</v>
       </c>
       <c r="D8" t="str">
+        <v>Joel Finskas</v>
+      </c>
+      <c r="E8">
+        <v>2</v>
+      </c>
+      <c r="F8">
+        <v>32</v>
+      </c>
+      <c r="G8">
+        <v>3</v>
+      </c>
+      <c r="I8" t="str">
+        <v>joelfinskas</v>
+      </c>
+      <c r="J8">
+        <v>2</v>
+      </c>
+      <c r="K8">
+        <v>32</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>2</v>
+      </c>
+      <c r="P8">
+        <v>4</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>5</v>
+      </c>
+      <c r="S8">
+        <v>4</v>
+      </c>
+      <c r="T8">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B9" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Joel Finskas</v>
+      </c>
+      <c r="E9">
+        <v>3</v>
+      </c>
+      <c r="F9">
+        <v>33</v>
+      </c>
+      <c r="G9">
+        <v>2</v>
+      </c>
+      <c r="I9" t="str">
+        <v>joelfinskas</v>
+      </c>
+      <c r="J9">
+        <v>3</v>
+      </c>
+      <c r="K9">
+        <v>33</v>
+      </c>
+      <c r="L9">
+        <v>4</v>
+      </c>
+      <c r="M9">
+        <v>4</v>
+      </c>
+      <c r="N9">
+        <v>4</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>4</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+      <c r="T9">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B10" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Joel Finskas</v>
+      </c>
+      <c r="E10">
+        <v>1</v>
+      </c>
+      <c r="F10">
+        <v>31</v>
+      </c>
+      <c r="G10">
+        <v>1</v>
+      </c>
+      <c r="I10" t="str">
+        <v>joelfinskas</v>
+      </c>
+      <c r="J10">
+        <v>1</v>
+      </c>
+      <c r="K10">
+        <v>31</v>
+      </c>
+      <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>4</v>
+      </c>
+      <c r="N10">
+        <v>3</v>
+      </c>
+      <c r="O10">
+        <v>3</v>
+      </c>
+      <c r="P10">
+        <v>4</v>
+      </c>
+      <c r="Q10">
+        <v>4</v>
+      </c>
+      <c r="R10">
+        <v>4</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B11" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D11" t="str">
         <v>Robert Åström</v>
       </c>
-      <c r="E8">
-[...2 lines deleted...]
-      <c r="F8">
+      <c r="E11">
+        <v>6</v>
+      </c>
+      <c r="F11">
+        <v>36</v>
+      </c>
+      <c r="G11">
+        <v>2</v>
+      </c>
+      <c r="I11" t="str">
+        <v>robertastrom</v>
+      </c>
+      <c r="J11">
+        <v>6</v>
+      </c>
+      <c r="K11">
+        <v>36</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>4</v>
+      </c>
+      <c r="N11">
+        <v>5</v>
+      </c>
+      <c r="O11">
+        <v>4</v>
+      </c>
+      <c r="P11">
+        <v>4</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>6</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B12" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Robert Åström</v>
+      </c>
+      <c r="E12">
+        <v>4</v>
+      </c>
+      <c r="F12">
         <v>34</v>
       </c>
-      <c r="G8">
+      <c r="G12">
         <v>1</v>
       </c>
-      <c r="I8" t="str">
+      <c r="I12" t="str">
         <v>robertastrom</v>
       </c>
-      <c r="J8">
-[...2 lines deleted...]
-      <c r="K8">
+      <c r="J12">
+        <v>4</v>
+      </c>
+      <c r="K12">
         <v>34</v>
       </c>
-      <c r="L8">
-[...11 lines deleted...]
-      <c r="P8">
+      <c r="L12">
+        <v>4</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>4</v>
+      </c>
+      <c r="P12">
         <v>5</v>
       </c>
-      <c r="Q8">
-[...2 lines deleted...]
-      <c r="R8">
+      <c r="Q12">
+        <v>2</v>
+      </c>
+      <c r="R12">
         <v>6</v>
       </c>
-      <c r="S8">
-[...2 lines deleted...]
-      <c r="T8">
+      <c r="S12">
+        <v>3</v>
+      </c>
+      <c r="T12">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:T8"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:T12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 