--- v1 (2026-02-02)
+++ v2 (2026-02-22)
@@ -8303,51 +8303,51 @@
       </c>
       <c r="AD87">
         <v>7</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>AM1</v>
       </c>
       <c r="B88" t="str">
         <v>T20</v>
       </c>
       <c r="C88">
         <v>20</v>
       </c>
       <c r="D88" t="str">
         <v>Joey cazares</v>
       </c>
       <c r="E88">
         <v>11</v>
       </c>
       <c r="F88">
         <v>76</v>
       </c>
       <c r="H88" t="str">
-        <v>stonchie</v>
+        <v>kahunajoe</v>
       </c>
       <c r="I88">
         <v>11</v>
       </c>
       <c r="J88">
         <v>76</v>
       </c>
       <c r="K88">
         <v>3</v>
       </c>
       <c r="L88">
         <v>6</v>
       </c>
       <c r="M88">
         <v>5</v>
       </c>
       <c r="N88">
         <v>4</v>
       </c>
       <c r="O88">
         <v>3</v>
       </c>
       <c r="P88">
         <v>3</v>
       </c>