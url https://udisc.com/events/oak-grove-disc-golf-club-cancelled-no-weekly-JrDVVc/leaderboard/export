--- v0 (2025-10-19)
+++ v1 (2025-11-26)
@@ -552,54 +552,51 @@
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_19</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_20</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_21</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Wessly Cifuentes</v>
       </c>
       <c r="E2">
         <v>-9</v>
       </c>
       <c r="F2">
         <v>54</v>
       </c>
       <c r="G2">
         <v>238879</v>
       </c>
       <c r="H2" t="str">
         <v>wessly</v>
       </c>
       <c r="I2">
         <v>-9</v>
       </c>
       <c r="J2">
         <v>54</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
@@ -647,54 +644,51 @@
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>2</v>
       </c>
       <c r="AE2">
         <v>2</v>
       </c>
       <c r="AF2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>AM1</v>
       </c>
       <c r="B3" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
         <v>Jon Magnificent</v>
       </c>
       <c r="E3">
         <v>8</v>
       </c>
       <c r="F3">
         <v>71</v>
       </c>
       <c r="G3">
         <v>270637</v>
       </c>
       <c r="H3" t="str">
         <v>magnificent</v>
       </c>
       <c r="I3">
         <v>8</v>
       </c>
       <c r="J3">
         <v>71</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>