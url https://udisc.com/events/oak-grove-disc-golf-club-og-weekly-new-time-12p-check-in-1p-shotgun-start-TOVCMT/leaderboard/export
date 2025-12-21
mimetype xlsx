--- v0 (2025-11-09)
+++ v1 (2025-12-21)
@@ -1903,369 +1903,366 @@
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16">
         <v>3</v>
       </c>
       <c r="AD16">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>FPO</v>
       </c>
       <c r="B17" t="str">
         <v>1</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="str">
-        <v>Maureen Straub</v>
+        <v>Melissa Ho</v>
       </c>
       <c r="E17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F17">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G17">
-        <v>218545</v>
+        <v>295191</v>
       </c>
       <c r="H17" t="str">
-        <v>beemoey</v>
+        <v>marshmelho</v>
       </c>
       <c r="I17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J17">
-        <v>35</v>
+        <v>67</v>
+      </c>
+      <c r="K17">
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>4</v>
+      </c>
+      <c r="M17">
+        <v>3</v>
+      </c>
+      <c r="N17">
+        <v>4</v>
+      </c>
+      <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>4</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>4</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC17">
         <v>3</v>
       </c>
       <c r="AD17">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>FPO</v>
       </c>
       <c r="B18" t="str">
         <v>2</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18" t="str">
-        <v>Melissa Ho</v>
+        <v>Mary Marasco</v>
       </c>
       <c r="E18">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F18">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G18">
-        <v>295191</v>
+        <v>193657</v>
       </c>
       <c r="H18" t="str">
-        <v>marshmelho</v>
+        <v>marasco</v>
       </c>
       <c r="I18">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="J18">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
       <c r="AD18">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>FPO</v>
       </c>
       <c r="B19" t="str">
         <v>3</v>
       </c>
       <c r="C19">
         <v>3</v>
       </c>
       <c r="D19" t="str">
-        <v>Mary Marasco</v>
+        <v>Renee Icasiano</v>
       </c>
       <c r="E19">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F19">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>193657</v>
+        <v>90</v>
       </c>
       <c r="H19" t="str">
-        <v>marasco</v>
+        <v>ūnōmēné</v>
       </c>
       <c r="I19">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="J19">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O19">
         <v>5</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q19">
         <v>4</v>
       </c>
       <c r="R19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S19">
         <v>4</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y19">
         <v>4</v>
       </c>
       <c r="Z19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD19">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>FPO</v>
       </c>
       <c r="B20" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D20" t="str">
-        <v>Renee Icasiano</v>
+        <v>Maureen Straub</v>
       </c>
       <c r="E20">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="F20">
-        <v>90</v>
+        <v>35</v>
+      </c>
+      <c r="G20">
+        <v>218545</v>
       </c>
       <c r="H20" t="str">
-        <v>ūnōmēné</v>
+        <v>beemoey</v>
       </c>
       <c r="I20">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="J20">
-        <v>90</v>
-[...29 lines deleted...]
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="U20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y20">
         <v>4</v>
       </c>
       <c r="Z20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD20">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>TAG</v>
       </c>
       <c r="B21" t="str">
         <v>1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
         <v>Mark Horn</v>
       </c>
       <c r="E21">
         <v>-1</v>
       </c>
       <c r="F21">
         <v>61</v>
       </c>
       <c r="G21">
@@ -2324,54 +2321,51 @@
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
         <v>2</v>
       </c>
       <c r="AD21">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>TAG</v>
       </c>
       <c r="B22" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D22" t="str">
         <v>Sue Horn</v>
       </c>
       <c r="E22">
         <v>27</v>
       </c>
       <c r="F22">
         <v>80</v>
       </c>
       <c r="G22">
         <v>68</v>
       </c>
       <c r="H22" t="str">
         <v>suehorn</v>
       </c>
       <c r="I22">
         <v>27</v>
       </c>
       <c r="J22">
         <v>80</v>
       </c>
       <c r="L22">
         <v>5</v>
       </c>