--- v0 (2026-01-31)
+++ v1 (2026-02-22)
@@ -1685,51 +1685,51 @@
       </c>
       <c r="AE13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MPO</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Joey cazares</v>
       </c>
       <c r="E14">
         <v>3</v>
       </c>
       <c r="F14">
         <v>69</v>
       </c>
       <c r="H14" t="str">
-        <v>stonchie</v>
+        <v>kahunajoe</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
       <c r="J14">
         <v>69</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>