--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -2447,50 +2447,53 @@
         <v>3</v>
       </c>
       <c r="AE21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>TAG</v>
       </c>
       <c r="B22" t="str">
         <v>2</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22" t="str">
         <v>Leonard Zgrablic</v>
       </c>
       <c r="E22">
         <v>9</v>
       </c>
       <c r="F22">
         <v>73</v>
       </c>
+      <c r="G22">
+        <v>315162</v>
+      </c>
       <c r="H22" t="str">
         <v>lzgrablic</v>
       </c>
       <c r="I22">
         <v>9</v>
       </c>
       <c r="J22">
         <v>73</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>4</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">