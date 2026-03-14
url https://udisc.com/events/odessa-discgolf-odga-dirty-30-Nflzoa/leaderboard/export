--- v0 (2026-01-31)
+++ v1 (2026-03-14)
@@ -572,247 +572,355 @@
       </c>
       <c r="AF1" t="str">
         <v>hole_22</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_23</v>
       </c>
       <c r="AH1" t="str">
         <v>hole_24</v>
       </c>
       <c r="AI1" t="str">
         <v>hole_25</v>
       </c>
       <c r="AJ1" t="str">
         <v>hole_26</v>
       </c>
       <c r="AK1" t="str">
         <v>hole_27</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Jubel &amp; Jason corbell</v>
+        <v>Bob The Hammer Baird &amp; Felix</v>
       </c>
       <c r="E2">
         <v>-5</v>
       </c>
       <c r="F2">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="H2" t="str">
-        <v>jubels,odga17</v>
+        <v>toeputter,ayden1227</v>
       </c>
       <c r="I2">
         <v>-5</v>
       </c>
       <c r="J2">
-        <v>34</v>
+        <v>73</v>
+      </c>
+      <c r="K2">
+        <v>3</v>
+      </c>
+      <c r="L2">
+        <v>4</v>
+      </c>
+      <c r="M2">
+        <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>1</v>
+      </c>
+      <c r="Y2">
         <v>4</v>
       </c>
-      <c r="X2">
-[...4 lines deleted...]
-      </c>
       <c r="Z2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA2">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
+      </c>
+      <c r="AC2">
+        <v>2</v>
+      </c>
+      <c r="AD2">
+        <v>3</v>
+      </c>
+      <c r="AE2">
+        <v>2</v>
+      </c>
+      <c r="AF2">
+        <v>2</v>
+      </c>
+      <c r="AG2">
+        <v>3</v>
+      </c>
+      <c r="AH2">
+        <v>2</v>
+      </c>
+      <c r="AI2">
+        <v>3</v>
+      </c>
+      <c r="AJ2">
+        <v>3</v>
+      </c>
+      <c r="AK2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
         <v>Giovanni menchaix &amp; JP Parsons</v>
       </c>
       <c r="E3">
-        <v>-4</v>
+        <v>-8</v>
       </c>
       <c r="F3">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="H3" t="str">
         <v>giochaca,jp86arsons</v>
       </c>
       <c r="I3">
-        <v>-4</v>
+        <v>-8</v>
       </c>
       <c r="J3">
-        <v>35</v>
+        <v>70</v>
+      </c>
+      <c r="K3">
+        <v>3</v>
+      </c>
+      <c r="L3">
+        <v>2</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>4</v>
+      </c>
+      <c r="AC3">
+        <v>3</v>
+      </c>
+      <c r="AD3">
+        <v>3</v>
+      </c>
+      <c r="AE3">
+        <v>2</v>
+      </c>
+      <c r="AF3">
+        <v>2</v>
+      </c>
+      <c r="AG3">
+        <v>2</v>
+      </c>
+      <c r="AH3">
+        <v>2</v>
+      </c>
+      <c r="AI3">
+        <v>3</v>
+      </c>
+      <c r="AJ3">
+        <v>3</v>
+      </c>
+      <c r="AK3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Bob The Hammer Baird &amp; Felix</v>
+        <v>Jubel &amp; Jason corbell</v>
       </c>
       <c r="E4">
-        <v>-1</v>
+        <v>-9</v>
       </c>
       <c r="F4">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="H4" t="str">
-        <v>toeputter,ayden1227</v>
+        <v>jubels,odga17</v>
       </c>
       <c r="I4">
-        <v>-1</v>
+        <v>-9</v>
       </c>
       <c r="J4">
-        <v>38</v>
+        <v>69</v>
+      </c>
+      <c r="K4">
+        <v>3</v>
+      </c>
+      <c r="L4">
+        <v>3</v>
+      </c>
+      <c r="M4">
+        <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
+        <v>3</v>
+      </c>
+      <c r="R4">
+        <v>2</v>
+      </c>
+      <c r="S4">
+        <v>3</v>
+      </c>
+      <c r="T4">
+        <v>3</v>
+      </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>2</v>
+      </c>
+      <c r="W4">
         <v>4</v>
       </c>
-      <c r="R4">
-[...8 lines deleted...]
-      <c r="U4">
+      <c r="X4">
+        <v>2</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>2</v>
+      </c>
+      <c r="AA4">
+        <v>2</v>
+      </c>
+      <c r="AB4">
         <v>4</v>
       </c>
-      <c r="V4">
-[...15 lines deleted...]
-        <v>3</v>
+      <c r="AC4">
+        <v>3</v>
+      </c>
+      <c r="AD4">
+        <v>2</v>
+      </c>
+      <c r="AE4">
+        <v>3</v>
+      </c>
+      <c r="AF4">
+        <v>3</v>
+      </c>
+      <c r="AG4">
+        <v>2</v>
+      </c>
+      <c r="AH4">
+        <v>2</v>
+      </c>
+      <c r="AI4">
+        <v>3</v>
+      </c>
+      <c r="AJ4">
+        <v>3</v>
+      </c>
+      <c r="AK4">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AK4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>