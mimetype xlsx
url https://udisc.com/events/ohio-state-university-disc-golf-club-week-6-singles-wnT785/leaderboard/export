--- v0 (2025-10-29)
+++ v1 (2025-11-25)
@@ -528,51 +528,51 @@
       </c>
       <c r="U1" t="str">
         <v>hole_12</v>
       </c>
       <c r="V1" t="str">
         <v>hole_13</v>
       </c>
       <c r="W1" t="str">
         <v>hole_14</v>
       </c>
       <c r="X1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_16</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_17</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>SCRLT</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Miles Withers</v>
       </c>
       <c r="E2">
         <v>-3</v>
       </c>
       <c r="F2">
         <v>45</v>
       </c>
       <c r="G2">
         <v>278646</v>
       </c>
       <c r="H2" t="str">
         <v>miloss</v>
       </c>
       <c r="I2">
         <v>-3</v>
       </c>
       <c r="J2">
         <v>45</v>
       </c>
@@ -608,197 +608,197 @@
       </c>
       <c r="U2">
         <v>2</v>
       </c>
       <c r="V2">
         <v>4</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>SCRLT</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Lucas Wolfe</v>
+        <v>Pete Spofforth</v>
       </c>
       <c r="E3">
         <v>-3</v>
       </c>
       <c r="F3">
         <v>45</v>
       </c>
       <c r="H3" t="str">
-        <v>lwolfe0206</v>
+        <v>pspofforth</v>
       </c>
       <c r="I3">
         <v>-3</v>
       </c>
       <c r="J3">
         <v>45</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>SCRLT</v>
       </c>
       <c r="B4" t="str">
-        <v>T1</v>
+        <v>3</v>
       </c>
       <c r="C4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Pete Spofforth</v>
+        <v>Lucas Wolfe</v>
       </c>
       <c r="E4">
         <v>-3</v>
       </c>
       <c r="F4">
         <v>45</v>
       </c>
       <c r="H4" t="str">
-        <v>pspofforth</v>
+        <v>lwolfe0206</v>
       </c>
       <c r="I4">
         <v>-3</v>
       </c>
       <c r="J4">
         <v>45</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>SCRLT</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Luke Zhang</v>
       </c>
       <c r="E5">
         <v>-2</v>
       </c>
       <c r="F5">
         <v>46</v>
       </c>
       <c r="G5">
         <v>222979</v>
       </c>
       <c r="H5" t="str">