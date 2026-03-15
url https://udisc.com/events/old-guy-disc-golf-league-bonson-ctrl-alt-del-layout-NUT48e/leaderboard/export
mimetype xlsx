--- v1 (2026-02-14)
+++ v2 (2026-03-15)
@@ -1690,50 +1690,53 @@
         <v>3</v>
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v xml:space="preserve">Pat Eaton </v>
       </c>
       <c r="E14">
         <v>10</v>
       </c>
       <c r="F14">
         <v>74</v>
       </c>
+      <c r="G14">
+        <v>312162</v>
+      </c>
       <c r="H14" t="str">
         <v>pateaton</v>
       </c>
       <c r="I14">
         <v>10</v>
       </c>
       <c r="J14">
         <v>74</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">