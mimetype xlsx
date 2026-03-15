--- v0 (2025-10-12)
+++ v1 (2026-03-15)
@@ -625,191 +625,194 @@
       </c>
       <c r="Y2">
         <v>6</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>RED</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Garvey Allisen</v>
+        <v xml:space="preserve">Pat Eaton </v>
       </c>
       <c r="E3">
         <v>3</v>
       </c>
       <c r="F3">
         <v>67</v>
       </c>
+      <c r="G3">
+        <v>312162</v>
+      </c>
       <c r="H3" t="str">
-        <v>gallisen</v>
+        <v>pateaton</v>
       </c>
       <c r="I3">
         <v>3</v>
       </c>
       <c r="J3">
         <v>67</v>
       </c>
       <c r="K3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="P3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>5</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y3">
         <v>5</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
         <v>5</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>RED</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v xml:space="preserve">Pat Eaton </v>
+        <v>Garvey Allisen</v>
       </c>
       <c r="E4">
         <v>3</v>
       </c>
       <c r="F4">
         <v>67</v>
       </c>
       <c r="H4" t="str">
-        <v>pateaton</v>
+        <v>gallisen</v>
       </c>
       <c r="I4">
         <v>3</v>
       </c>
       <c r="J4">
         <v>67</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>5</v>
       </c>
       <c r="X4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y4">
         <v>5</v>
       </c>
       <c r="Z4">
         <v>4</v>
       </c>
       <c r="AA4">
         <v>5</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>