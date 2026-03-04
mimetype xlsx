--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:T26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
   </cols>
@@ -504,698 +504,632 @@
       </c>
       <c r="O1" t="str">
         <v>hole_4</v>
       </c>
       <c r="P1" t="str">
         <v>hole_5</v>
       </c>
       <c r="Q1" t="str">
         <v>hole_6</v>
       </c>
       <c r="R1" t="str">
         <v>hole_7</v>
       </c>
       <c r="S1" t="str">
         <v>hole_8</v>
       </c>
       <c r="T1" t="str">
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v xml:space="preserve">Gábor Lieber </v>
+        <v>Major Gergely</v>
       </c>
       <c r="E2">
         <v>1</v>
       </c>
       <c r="F2">
         <v>32</v>
       </c>
       <c r="G2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I2" t="str">
-        <v>vernarancs</v>
+        <v>geryg98</v>
       </c>
       <c r="J2">
         <v>1</v>
       </c>
       <c r="K2">
         <v>32</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>6</v>
       </c>
       <c r="P2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
+        <v>T2</v>
       </c>
       <c r="C3">
+        <v>2</v>
+      </c>
+      <c r="D3" t="str">
+        <v>Áron Pasztuhov</v>
+      </c>
+      <c r="E3">
+        <v>2</v>
+      </c>
+      <c r="F3">
+        <v>33</v>
+      </c>
+      <c r="G3">
         <v>1</v>
       </c>
-      <c r="D3" t="str">
-[...9 lines deleted...]
-        <v>3</v>
+      <c r="H3">
+        <v>235545</v>
       </c>
       <c r="I3" t="str">
-        <v>geryg98</v>
+        <v>kapanyel</v>
       </c>
       <c r="J3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K3">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O3">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T3">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
+        <v>T2</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Áron Pasztuhov</v>
+        <v>Major Péter</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
       <c r="F4">
         <v>33</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
-      <c r="H4">
-[...1 lines deleted...]
-      </c>
       <c r="I4" t="str">
-        <v>kapanyel</v>
+        <v>pete1972</v>
       </c>
       <c r="J4">
         <v>2</v>
       </c>
       <c r="K4">
         <v>33</v>
       </c>
       <c r="L4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="P4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Major Péter</v>
+        <v xml:space="preserve">Besenyei Dániel </v>
       </c>
       <c r="E5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F5">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5" t="str">
-        <v>pete1972</v>
+        <v>dánielbesenyei</v>
       </c>
       <c r="J5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K5">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O5">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="P5">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v xml:space="preserve">Besenyei Dániel </v>
+        <v>Gábor Milibák</v>
       </c>
       <c r="E6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F6">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G6">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H6">
+        <v>183480</v>
       </c>
       <c r="I6" t="str">
-        <v>dánielbesenyei</v>
+        <v>milkabilka</v>
       </c>
       <c r="J6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K6">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
+        <v>6</v>
+      </c>
+      <c r="P6">
+        <v>5</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
         <v>7</v>
       </c>
-      <c r="P6">
-[...7 lines deleted...]
-      </c>
       <c r="S6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Gábor Milibák</v>
+        <v>Kornél Horváth</v>
       </c>
       <c r="E7">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F7">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
-      <c r="H7">
-[...1 lines deleted...]
-      </c>
       <c r="I7" t="str">
-        <v>milkabilka</v>
+        <v>kornel</v>
       </c>
       <c r="J7">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K7">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P7">
         <v>5</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Tóth Zoltán</v>
+        <v>Illés János Kornél</v>
       </c>
       <c r="E8">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="F8">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I8" t="str">
-        <v>zeeeee18</v>
+        <v>illesjkornel66</v>
       </c>
       <c r="J8">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K8">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O8">
         <v>8</v>
       </c>
       <c r="P8">
         <v>7</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Kornél Horváth</v>
+        <v>Varga P Péter</v>
       </c>
       <c r="E9">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="F9">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="I9" t="str">
-        <v>kornel</v>
+        <v>majlo85</v>
       </c>
       <c r="J9">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K9">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O9">
+        <v>8</v>
+      </c>
+      <c r="P9">
         <v>7</v>
       </c>
-      <c r="P9">
-[...1 lines deleted...]
-      </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
       <c r="T9">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Illés János Kornél</v>
+        <v>Ottó Roszjár</v>
       </c>
       <c r="E10">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F10">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I10" t="str">
-        <v>illesjkornel66</v>
+        <v>oroszjar</v>
       </c>
       <c r="J10">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="K10">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O10">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="P10">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
         <v>5</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
-      <c r="B11" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="str">
-        <v>Varga P Péter</v>
+        <v xml:space="preserve">Gábor Lieber </v>
       </c>
       <c r="E11">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="F11">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G11">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I11" t="str">
-        <v>majlo85</v>
+        <v>vernarancs</v>
       </c>
       <c r="J11">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="K11">
-        <v>44</v>
-[...26 lines deleted...]
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
-      <c r="B12" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="str">
-        <v>Ottó Roszjár</v>
+        <v>Tóth Zoltán</v>
       </c>
       <c r="E12">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F12">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G12">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I12" t="str">
-        <v>oroszjar</v>
+        <v>zeeeee18</v>
       </c>
       <c r="J12">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="K12">
-        <v>46</v>
-[...26 lines deleted...]
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
         <v>DUP</v>
       </c>
       <c r="D13" t="str">
         <v>Gábor Milibák</v>
       </c>
       <c r="E13">
         <v>8</v>
       </c>
       <c r="F13">
         <v>39</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13">
         <v>183480</v>
       </c>
       <c r="I13" t="str">
@@ -1389,493 +1323,605 @@
       </c>
       <c r="P16">
         <v>5</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>5</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MPO</v>
       </c>
       <c r="B17" t="str">
         <v>DUP</v>
       </c>
       <c r="D17" t="str">
-        <v>Illés János Kornél</v>
+        <v xml:space="preserve">Gábor Lieber </v>
       </c>
       <c r="E17">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F17">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="I17" t="str">
-        <v>illesjkornel66</v>
+        <v>vernarancs</v>
       </c>
       <c r="J17">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="K17">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="L17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="P17">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MPO</v>
       </c>
       <c r="B18" t="str">
         <v>DUP</v>
       </c>
       <c r="D18" t="str">
-        <v>Major Gergely</v>
+        <v>Illés János Kornél</v>
       </c>
       <c r="E18">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F18">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="G18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I18" t="str">
-        <v>geryg98</v>
+        <v>illesjkornel66</v>
       </c>
       <c r="J18">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="K18">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="L18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O18">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="P18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MPO</v>
       </c>
       <c r="B19" t="str">
         <v>DUP</v>
       </c>
       <c r="D19" t="str">
         <v>Major Gergely</v>
       </c>
       <c r="E19">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F19">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="G19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I19" t="str">
         <v>geryg98</v>
       </c>
       <c r="J19">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K19">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="L19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O19">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="P19">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R19">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MPO</v>
       </c>
       <c r="B20" t="str">
         <v>DUP</v>
       </c>
       <c r="D20" t="str">
-        <v>Major Péter</v>
+        <v>Major Gergely</v>
       </c>
       <c r="E20">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F20">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G20">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I20" t="str">
-        <v>pete1972</v>
+        <v>geryg98</v>
       </c>
       <c r="J20">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K20">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O20">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P20">
         <v>6</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T20">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MPO</v>
       </c>
       <c r="B21" t="str">
         <v>DUP</v>
       </c>
       <c r="D21" t="str">
         <v>Major Péter</v>
       </c>
       <c r="E21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F21">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I21" t="str">
         <v>pete1972</v>
       </c>
       <c r="J21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K21">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>6</v>
       </c>
       <c r="P21">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R21">
         <v>4</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T21">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MPO</v>
       </c>
       <c r="B22" t="str">
         <v>DUP</v>
       </c>
       <c r="D22" t="str">
-        <v>Tóth Zoltán</v>
+        <v>Major Péter</v>
       </c>
       <c r="E22">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F22">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="G22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I22" t="str">
-        <v>zeeeee18</v>
+        <v>pete1972</v>
       </c>
       <c r="J22">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="K22">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="P22">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MPO</v>
       </c>
       <c r="B23" t="str">
         <v>DUP</v>
       </c>
       <c r="D23" t="str">
         <v>Tóth Zoltán</v>
       </c>
       <c r="E23">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F23">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I23" t="str">
         <v>zeeeee18</v>
       </c>
       <c r="J23">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K23">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>8</v>
       </c>
       <c r="P23">
         <v>6</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R23">
         <v>5</v>
       </c>
       <c r="S23">
         <v>5</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MPO</v>
       </c>
       <c r="B24" t="str">
         <v>DUP</v>
       </c>
       <c r="D24" t="str">
         <v>Tóth Zoltán</v>
       </c>
       <c r="E24">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F24">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G24">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I24" t="str">
         <v>zeeeee18</v>
       </c>
       <c r="J24">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K24">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="L24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>8</v>
       </c>
       <c r="P24">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T24">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B25" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Tóth Zoltán</v>
+      </c>
+      <c r="E25">
+        <v>9</v>
+      </c>
+      <c r="F25">
+        <v>40</v>
+      </c>
+      <c r="G25">
+        <v>2</v>
+      </c>
+      <c r="I25" t="str">
+        <v>zeeeee18</v>
+      </c>
+      <c r="J25">
+        <v>9</v>
+      </c>
+      <c r="K25">
+        <v>40</v>
+      </c>
+      <c r="L25">
+        <v>3</v>
+      </c>
+      <c r="M25">
+        <v>3</v>
+      </c>
+      <c r="N25">
+        <v>3</v>
+      </c>
+      <c r="O25">
+        <v>8</v>
+      </c>
+      <c r="P25">
+        <v>6</v>
+      </c>
+      <c r="Q25">
+        <v>3</v>
+      </c>
+      <c r="R25">
+        <v>5</v>
+      </c>
+      <c r="S25">
+        <v>5</v>
+      </c>
+      <c r="T25">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B26" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Tóth Zoltán</v>
+      </c>
+      <c r="E26">
+        <v>9</v>
+      </c>
+      <c r="F26">
+        <v>40</v>
+      </c>
+      <c r="G26">
+        <v>1</v>
+      </c>
+      <c r="I26" t="str">
+        <v>zeeeee18</v>
+      </c>
+      <c r="J26">
+        <v>9</v>
+      </c>
+      <c r="K26">
+        <v>40</v>
+      </c>
+      <c r="L26">
+        <v>4</v>
+      </c>
+      <c r="M26">
+        <v>3</v>
+      </c>
+      <c r="N26">
+        <v>3</v>
+      </c>
+      <c r="O26">
+        <v>8</v>
+      </c>
+      <c r="P26">
+        <v>6</v>
+      </c>
+      <c r="Q26">
+        <v>3</v>
+      </c>
+      <c r="R26">
+        <v>6</v>
+      </c>
+      <c r="S26">
+        <v>2</v>
+      </c>
+      <c r="T26">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:T24"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:T26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 