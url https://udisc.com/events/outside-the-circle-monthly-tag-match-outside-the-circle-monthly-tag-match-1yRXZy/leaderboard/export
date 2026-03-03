--- v0 (2025-10-02)
+++ v1 (2026-03-03)
@@ -7613,50 +7613,53 @@
         <v>4</v>
       </c>
       <c r="AB84">
         <v>3</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>GEN</v>
       </c>
       <c r="B85" t="str">
         <v>84</v>
       </c>
       <c r="C85">
         <v>84</v>
       </c>
       <c r="D85" t="str">
         <v xml:space="preserve">Aaron Dittmann </v>
       </c>
       <c r="E85">
         <v>11</v>
       </c>
       <c r="F85">
         <v>69</v>
       </c>
+      <c r="G85">
+        <v>310736</v>
+      </c>
       <c r="H85" t="str">
         <v>zuecafajm</v>
       </c>
       <c r="I85">
         <v>11</v>
       </c>
       <c r="J85">
         <v>69</v>
       </c>
       <c r="K85">
         <v>6</v>
       </c>
       <c r="L85">
         <v>4</v>
       </c>
       <c r="M85">
         <v>4</v>
       </c>
       <c r="N85">
         <v>4</v>
       </c>
       <c r="O85">
         <v>4</v>
       </c>
       <c r="P85">