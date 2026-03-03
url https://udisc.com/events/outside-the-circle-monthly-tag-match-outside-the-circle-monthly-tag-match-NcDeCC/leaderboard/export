--- v0 (2025-10-02)
+++ v1 (2026-03-03)
@@ -4040,50 +4040,53 @@
         <v>4</v>
       </c>
       <c r="AB42">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>42</v>
       </c>
       <c r="C43">
         <v>42</v>
       </c>
       <c r="D43" t="str">
         <v>Alva Voshell</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>59</v>
       </c>
+      <c r="G43">
+        <v>321049</v>
+      </c>
       <c r="H43" t="str">
         <v>joeyv83</v>
       </c>
       <c r="I43">
         <v>1</v>
       </c>
       <c r="J43">
         <v>59</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">