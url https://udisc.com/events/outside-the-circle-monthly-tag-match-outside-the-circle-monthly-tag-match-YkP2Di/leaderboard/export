--- v0 (2025-10-02)
+++ v1 (2026-03-03)
@@ -7246,50 +7246,53 @@
         <v>3</v>
       </c>
       <c r="AC77">
         <v>3</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>GEN</v>
       </c>
       <c r="B78" t="str">
         <v>77</v>
       </c>
       <c r="C78">
         <v>77</v>
       </c>
       <c r="D78" t="str">
         <v>Alfredo Roldan</v>
       </c>
       <c r="E78">
         <v>7</v>
       </c>
       <c r="F78">
         <v>64</v>
       </c>
+      <c r="G78">
+        <v>306095</v>
+      </c>
       <c r="H78" t="str">
         <v>matador79</v>
       </c>
       <c r="I78">
         <v>7</v>
       </c>
       <c r="J78">
         <v>64</v>
       </c>
       <c r="K78">
         <v>3</v>
       </c>
       <c r="L78">
         <v>3</v>
       </c>
       <c r="M78">
         <v>4</v>
       </c>
       <c r="N78">
         <v>4</v>
       </c>
       <c r="O78">
         <v>3</v>
       </c>
       <c r="P78">