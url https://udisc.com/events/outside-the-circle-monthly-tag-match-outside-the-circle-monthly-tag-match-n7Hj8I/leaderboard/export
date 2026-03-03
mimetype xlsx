--- v0 (2025-10-02)
+++ v1 (2026-03-03)
@@ -2517,51 +2517,51 @@
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
         <v>Ryan M Wolovnik</v>
       </c>
       <c r="E25">
         <v>-3</v>
       </c>
       <c r="F25">
         <v>53</v>
       </c>
       <c r="G25">
         <v>160011</v>
       </c>
       <c r="H25" t="str">
-        <v>theryeguy73</v>
+        <v>blazinryno</v>
       </c>
       <c r="I25">
         <v>-3</v>
       </c>
       <c r="J25">
         <v>53</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>2</v>
       </c>
       <c r="M25">
         <v>2</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
@@ -7173,50 +7173,53 @@
       <c r="AA79">
         <v>3</v>
       </c>
       <c r="AB79">
         <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>GEN</v>
       </c>
       <c r="B80" t="str">
         <v>79</v>
       </c>
       <c r="C80">
         <v>79</v>
       </c>
       <c r="D80" t="str">
         <v xml:space="preserve">Aaron Dittmann </v>
       </c>
       <c r="E80">
         <v>11</v>
       </c>
       <c r="F80">
         <v>67</v>
+      </c>
+      <c r="G80">
+        <v>310736</v>
       </c>
       <c r="H80" t="str">
         <v>zuecafajm</v>
       </c>
       <c r="I80">
         <v>11</v>
       </c>
       <c r="J80">
         <v>67</v>
       </c>
       <c r="K80">
         <v>4</v>
       </c>
       <c r="L80">
         <v>4</v>
       </c>
       <c r="M80">
         <v>3</v>
       </c>
       <c r="N80">
         <v>3</v>
       </c>
       <c r="O80">
         <v>4</v>
       </c>