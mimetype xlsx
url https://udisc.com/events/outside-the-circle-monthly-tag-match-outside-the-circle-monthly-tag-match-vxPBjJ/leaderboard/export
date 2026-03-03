--- v0 (2025-10-02)
+++ v1 (2026-03-03)
@@ -4413,50 +4413,53 @@
         <v>2</v>
       </c>
       <c r="AC45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>T43</v>
       </c>
       <c r="C46">
         <v>43</v>
       </c>
       <c r="D46" t="str">
         <v>Aaron Dittmann</v>
       </c>
       <c r="E46">
         <v>2</v>
       </c>
       <c r="F46">
         <v>59</v>
       </c>
+      <c r="G46">
+        <v>310736</v>
+      </c>
       <c r="H46" t="str">
         <v>zuecafajm</v>
       </c>
       <c r="I46">
         <v>2</v>
       </c>
       <c r="J46">
         <v>59</v>
       </c>
       <c r="K46">
         <v>3</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
       <c r="M46">
         <v>3</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">