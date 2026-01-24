--- v0 (2025-11-29)
+++ v1 (2026-01-24)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AH22"/>
+  <dimension ref="A1:AH21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -2197,490 +2197,467 @@
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
       <c r="AC17">
         <v>3</v>
       </c>
       <c r="AD17">
         <v>4</v>
       </c>
       <c r="AE17">
         <v>4</v>
       </c>
       <c r="AF17">
         <v>4</v>
       </c>
       <c r="AG17">
         <v>3</v>
       </c>
       <c r="AH17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>OPEN</v>
+        <v>LADIES</v>
+      </c>
+      <c r="B18" t="str">
+        <v>1</v>
+      </c>
+      <c r="C18">
+        <v>1</v>
       </c>
       <c r="D18" t="str">
-        <v>Bill parmenter</v>
+        <v>summer schauffler</v>
       </c>
       <c r="E18">
-        <v>0</v>
+        <v>-12</v>
       </c>
       <c r="F18">
-        <v>0</v>
+        <v>60</v>
+      </c>
+      <c r="G18">
+        <v>25981</v>
       </c>
       <c r="H18" t="str">
-        <v>welda1</v>
+        <v>putmedownpunk</v>
       </c>
       <c r="I18">
-        <v>0</v>
+        <v>-12</v>
       </c>
       <c r="J18">
-        <v>0</v>
+        <v>60</v>
+      </c>
+      <c r="K18">
+        <v>3</v>
+      </c>
+      <c r="L18">
+        <v>2</v>
+      </c>
+      <c r="M18">
+        <v>4</v>
+      </c>
+      <c r="N18">
+        <v>2</v>
+      </c>
+      <c r="O18">
+        <v>2</v>
+      </c>
+      <c r="P18">
+        <v>2</v>
+      </c>
+      <c r="Q18">
+        <v>2</v>
+      </c>
+      <c r="R18">
+        <v>2</v>
+      </c>
+      <c r="S18">
+        <v>2</v>
+      </c>
+      <c r="T18">
+        <v>4</v>
+      </c>
+      <c r="U18">
+        <v>2</v>
+      </c>
+      <c r="V18">
+        <v>3</v>
+      </c>
+      <c r="W18">
+        <v>3</v>
+      </c>
+      <c r="X18">
+        <v>2</v>
+      </c>
+      <c r="Y18">
+        <v>3</v>
+      </c>
+      <c r="Z18">
+        <v>2</v>
+      </c>
+      <c r="AA18">
+        <v>3</v>
+      </c>
+      <c r="AB18">
+        <v>3</v>
+      </c>
+      <c r="AC18">
+        <v>2</v>
+      </c>
+      <c r="AD18">
+        <v>2</v>
+      </c>
+      <c r="AE18">
+        <v>3</v>
+      </c>
+      <c r="AF18">
+        <v>3</v>
+      </c>
+      <c r="AG18">
+        <v>2</v>
+      </c>
+      <c r="AH18">
+        <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>LADIES</v>
       </c>
       <c r="B19" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D19" t="str">
-        <v>summer schauffler</v>
+        <v>Breanna Maloney</v>
       </c>
       <c r="E19">
-        <v>-12</v>
+        <v>-8</v>
       </c>
       <c r="F19">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="G19">
-        <v>25981</v>
+        <v>106538</v>
       </c>
       <c r="H19" t="str">
-        <v>putmedownpunk</v>
+        <v>brelee36</v>
       </c>
       <c r="I19">
-        <v>-12</v>
+        <v>-8</v>
       </c>
       <c r="J19">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P19">
         <v>2</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>2</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD19">
         <v>2</v>
       </c>
       <c r="AE19">
         <v>3</v>
       </c>
       <c r="AF19">
         <v>3</v>
       </c>
       <c r="AG19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH19">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>LADIES</v>
       </c>
       <c r="B20" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D20" t="str">
-        <v>Breanna Maloney</v>
+        <v>Briana Tancrede</v>
       </c>
       <c r="E20">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="F20">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G20">
-        <v>106538</v>
+        <v>213578</v>
       </c>
       <c r="H20" t="str">
-        <v>brelee36</v>
+        <v>brianat14</v>
       </c>
       <c r="I20">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="J20">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V20">
         <v>2</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC20">
         <v>3</v>
       </c>
       <c r="AD20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF20">
         <v>3</v>
       </c>
       <c r="AG20">
         <v>3</v>
       </c>
       <c r="AH20">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>LADIES</v>
       </c>
       <c r="B21" t="str">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D21" t="str">
-        <v>Briana Tancrede</v>
+        <v>Nichole Foster</v>
       </c>
       <c r="E21">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="F21">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G21">
-        <v>213578</v>
+        <v>307851</v>
       </c>
       <c r="H21" t="str">
-        <v>brianat14</v>
+        <v>gob4ugo</v>
       </c>
       <c r="I21">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="J21">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>2</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
         <v>3</v>
       </c>
       <c r="AD21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE21">
         <v>2</v>
       </c>
       <c r="AF21">
         <v>3</v>
       </c>
       <c r="AG21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH21">
-        <v>2</v>
-[...102 lines deleted...]
-      <c r="AH22">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AH22"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AH21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 