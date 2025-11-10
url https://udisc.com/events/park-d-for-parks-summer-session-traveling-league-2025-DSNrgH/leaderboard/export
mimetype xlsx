--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -2316,50 +2316,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>INT</v>
       </c>
       <c r="B22" t="str">
         <v>6</v>
       </c>
       <c r="C22">
         <v>6</v>
       </c>
       <c r="D22" t="str">
         <v xml:space="preserve">Chris Mason </v>
       </c>
       <c r="E22">
         <v>13</v>
       </c>
       <c r="F22">
         <v>71</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
+      <c r="H22">
+        <v>317149</v>
+      </c>
       <c r="I22" t="str">
         <v>mongomason</v>
       </c>
       <c r="J22">
         <v>13</v>
       </c>
       <c r="K22">
         <v>71</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>5</v>
       </c>
       <c r="N22">
         <v>6</v>
       </c>
       <c r="O22">
         <v>4</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">