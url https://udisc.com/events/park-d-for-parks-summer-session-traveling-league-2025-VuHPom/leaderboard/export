--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1613,50 +1613,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>INT</v>
       </c>
       <c r="B14" t="str">
         <v>5</v>
       </c>
       <c r="C14">
         <v>5</v>
       </c>
       <c r="D14" t="str">
         <v xml:space="preserve">Chris Mason </v>
       </c>
       <c r="E14">
         <v>4</v>
       </c>
       <c r="F14">
         <v>58</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
+      <c r="H14">
+        <v>317149</v>
+      </c>
       <c r="I14" t="str">
         <v>mongomason</v>
       </c>
       <c r="J14">
         <v>4</v>
       </c>
       <c r="K14">
         <v>58</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">