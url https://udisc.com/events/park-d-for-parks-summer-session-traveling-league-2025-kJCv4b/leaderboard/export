--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1972,50 +1972,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA2FA2</v>
       </c>
       <c r="B18" t="str">
         <v>T2</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18" t="str">
         <v xml:space="preserve">Chris Mason </v>
       </c>
       <c r="E18">
         <v>2</v>
       </c>
       <c r="F18">
         <v>58</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
+      <c r="H18">
+        <v>317149</v>
+      </c>
       <c r="I18" t="str">
         <v>mongomason</v>
       </c>
       <c r="J18">
         <v>2</v>
       </c>
       <c r="K18">
         <v>58</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">