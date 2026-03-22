--- v0 (2025-10-27)
+++ v1 (2026-03-22)
@@ -2594,51 +2594,51 @@
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>BDIV</v>
       </c>
       <c r="B26" t="str">
         <v>T3</v>
       </c>
       <c r="C26">
         <v>3</v>
       </c>
       <c r="D26" t="str">
         <v>Layne Copell</v>
       </c>
       <c r="E26">
         <v>2</v>
       </c>
       <c r="F26">
         <v>56</v>
       </c>
       <c r="H26" t="str">
-        <v>laynec</v>
+        <v>cajunchef</v>
       </c>
       <c r="I26">
         <v>2</v>
       </c>
       <c r="J26">
         <v>56</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>