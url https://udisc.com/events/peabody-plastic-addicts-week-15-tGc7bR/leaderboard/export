--- v0 (2025-10-27)
+++ v1 (2026-03-22)
@@ -1995,51 +1995,51 @@
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>ADIV</v>
       </c>
       <c r="B19" t="str">
         <v>T16</v>
       </c>
       <c r="C19">
         <v>16</v>
       </c>
       <c r="D19" t="str">
         <v>Layne Copell</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
         <v>54</v>
       </c>
       <c r="H19" t="str">
-        <v>laynec</v>
+        <v>cajunchef</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>54</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>2</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>