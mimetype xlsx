--- v0 (2025-10-27)
+++ v1 (2026-03-22)
@@ -2766,51 +2766,51 @@
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>ADIV</v>
       </c>
       <c r="B28" t="str">
         <v>T26</v>
       </c>
       <c r="C28">
         <v>26</v>
       </c>
       <c r="D28" t="str">
         <v>Layne Copell</v>
       </c>
       <c r="E28">
         <v>5</v>
       </c>
       <c r="F28">
         <v>59</v>
       </c>
       <c r="H28" t="str">
-        <v>laynec</v>
+        <v>cajunchef</v>
       </c>
       <c r="I28">
         <v>5</v>
       </c>
       <c r="J28">
         <v>59</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>4</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>