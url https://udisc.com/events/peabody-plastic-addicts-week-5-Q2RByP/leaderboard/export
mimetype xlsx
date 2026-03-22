--- v0 (2025-10-27)
+++ v1 (2026-03-22)
@@ -2508,51 +2508,51 @@
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>BDIV</v>
       </c>
       <c r="B25" t="str">
         <v>T1</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
       <c r="D25" t="str">
         <v>Layne Copell</v>
       </c>
       <c r="E25">
         <v>-2</v>
       </c>
       <c r="F25">
         <v>52</v>
       </c>
       <c r="H25" t="str">
-        <v>laynec</v>
+        <v>cajunchef</v>
       </c>
       <c r="I25">
         <v>-2</v>
       </c>
       <c r="J25">
         <v>52</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>