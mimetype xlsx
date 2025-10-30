--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -767,50 +767,53 @@
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>4</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
       <c r="AF3">
         <v>4</v>
       </c>
       <c r="AG3">
         <v>4</v>
       </c>
       <c r="AH3" t="str">
         <v>10</v>
       </c>
+      <c r="AI3">
+        <v>3</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>T3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>0</v>
       </c>
       <c r="D4">
         <v>2</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>T4</v>
       </c>
       <c r="G4">
         <v>4</v>
       </c>
       <c r="H4" t="str">
         <v>Jack Burfield</v>
@@ -871,50 +874,53 @@
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>4</v>
       </c>
       <c r="AD4">
         <v>4</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
       <c r="AF4">
         <v>2</v>
       </c>
       <c r="AG4">
         <v>5</v>
       </c>
       <c r="AH4" t="str">
         <v>5</v>
       </c>
+      <c r="AI4">
+        <v>6</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T3</v>
       </c>
       <c r="B5">
         <v>3</v>
       </c>
       <c r="C5">
         <v>0</v>
       </c>
       <c r="D5">
         <v>2</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>T4</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="str">
         <v>Philip Sanfilippo</v>
@@ -972,50 +978,53 @@
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
         <v>4</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
       <c r="AG5">
         <v>3</v>
       </c>
       <c r="AH5" t="str">
         <v>5</v>
       </c>
+      <c r="AI5">
+        <v>27</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>5</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6">
         <v>5</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>3</v>
       </c>
       <c r="G6">
         <v>3</v>
       </c>
       <c r="H6" t="str">
         <v>Allen Castillo</v>
@@ -1072,50 +1081,53 @@
         <v>5</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>4</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
       <c r="AG6">
         <v>3</v>
+      </c>
+      <c r="AI6">
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T6</v>
       </c>
       <c r="B7">
         <v>6</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7">
         <v>1</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>6</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7" t="str">
@@ -1274,50 +1286,53 @@
         <v>6</v>
       </c>
       <c r="Z8">
         <v>5</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>5</v>
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
       <c r="AD8">
         <v>4</v>
       </c>
       <c r="AE8">
         <v>4</v>
       </c>
       <c r="AF8">
         <v>4</v>
       </c>
       <c r="AG8">
         <v>5</v>
+      </c>
+      <c r="AI8">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AI8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>