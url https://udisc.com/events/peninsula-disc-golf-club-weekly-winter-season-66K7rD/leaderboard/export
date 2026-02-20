--- v0 (2026-01-30)
+++ v1 (2026-02-20)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG9"/>
+  <dimension ref="A1:AI9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="11.83203125" customWidth="1"/>
     <col min="12" max="12" width="8.83203125" customWidth="1"/>
     <col min="13" max="13" width="20.83203125" customWidth="1"/>
     <col min="14" max="14" width="17.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="8.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -550,72 +550,78 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_11</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_12</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_13</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_14</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_18</v>
       </c>
+      <c r="AH1" t="str">
+        <v>payout</v>
+      </c>
+      <c r="AI1" t="str">
+        <v>bag_tag_at_end</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>-11</v>
       </c>
       <c r="D2">
         <v>-3</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H2" t="str">
         <v>Don Savella</v>
       </c>
       <c r="I2">
         <v>-8</v>
       </c>
       <c r="J2">
         <v>56</v>
       </c>
       <c r="K2">
         <v>178353</v>
       </c>
       <c r="L2" t="str">
         <v>donkainoa</v>
       </c>
       <c r="M2">
         <v>-8</v>
       </c>
       <c r="N2">
         <v>56</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
@@ -650,630 +656,795 @@
         <v>4</v>
       </c>
       <c r="Z2">
         <v>4</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
       <c r="AD2">
         <v>3</v>
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
       <c r="AF2">
         <v>3</v>
       </c>
       <c r="AG2">
         <v>3</v>
+      </c>
+      <c r="AH2" t="str">
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
-        <v>-5</v>
+        <v>-7</v>
       </c>
       <c r="D3">
         <v>2</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H3" t="str">
         <v>Jack Burfield</v>
       </c>
       <c r="I3">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="J3">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="K3">
         <v>272263</v>
       </c>
       <c r="L3" t="str">
         <v>jackburfield</v>
       </c>
       <c r="M3">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="N3">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
         <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>3</v>
+      </c>
+      <c r="AC3">
+        <v>3</v>
+      </c>
+      <c r="AD3">
+        <v>3</v>
+      </c>
+      <c r="AE3">
+        <v>4</v>
+      </c>
+      <c r="AF3">
+        <v>3</v>
+      </c>
+      <c r="AG3">
+        <v>3</v>
+      </c>
+      <c r="AH3" t="str">
+        <v>10</v>
+      </c>
+      <c r="AI3">
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="D4">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>4</v>
+        <v>T4</v>
       </c>
       <c r="G4">
         <v>4</v>
       </c>
       <c r="H4" t="str">
-        <v>Michael Regula</v>
+        <v>AJ Garcia</v>
       </c>
       <c r="I4">
         <v>-2</v>
       </c>
       <c r="J4">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="K4">
-        <v>224267</v>
+        <v>150888</v>
       </c>
       <c r="L4" t="str">
-        <v>mickeyregs</v>
+        <v>stringbeanaj</v>
       </c>
       <c r="M4">
         <v>-2</v>
       </c>
       <c r="N4">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AA4">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>3</v>
+      </c>
+      <c r="AC4">
+        <v>4</v>
+      </c>
+      <c r="AD4">
+        <v>3</v>
+      </c>
+      <c r="AE4">
+        <v>3</v>
+      </c>
+      <c r="AF4">
+        <v>3</v>
+      </c>
+      <c r="AG4">
+        <v>2</v>
+      </c>
+      <c r="AH4" t="str">
+        <v>8</v>
+      </c>
+      <c r="AI4">
+        <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T4</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
       <c r="C5">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="D5">
         <v>4</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>3</v>
       </c>
       <c r="G5">
         <v>3</v>
       </c>
       <c r="H5" t="str">
         <v>Philip Sanfilippo</v>
       </c>
       <c r="I5">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="J5">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="L5" t="str">
         <v>philmyd</v>
       </c>
       <c r="M5">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="N5">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>4</v>
       </c>
       <c r="AA5">
         <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>4</v>
+      </c>
+      <c r="AC5">
+        <v>3</v>
+      </c>
+      <c r="AD5">
+        <v>3</v>
+      </c>
+      <c r="AE5">
+        <v>4</v>
+      </c>
+      <c r="AF5">
+        <v>2</v>
+      </c>
+      <c r="AG5">
+        <v>3</v>
+      </c>
+      <c r="AH5" t="str">
+        <v>2.34</v>
+      </c>
+      <c r="AI5">
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T4</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>5</v>
+        <v>T4</v>
       </c>
       <c r="G6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H6" t="str">
         <v>Ryan Liu</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J6">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="K6">
         <v>270672</v>
       </c>
       <c r="L6" t="str">
         <v>rliu721</v>
       </c>
       <c r="M6">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="N6">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>5</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>5</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>4</v>
+      </c>
+      <c r="AB6">
+        <v>5</v>
+      </c>
+      <c r="AC6">
+        <v>3</v>
+      </c>
+      <c r="AD6">
+        <v>3</v>
+      </c>
+      <c r="AE6">
+        <v>4</v>
+      </c>
+      <c r="AF6">
+        <v>2</v>
+      </c>
+      <c r="AG6">
+        <v>2</v>
+      </c>
+      <c r="AH6" t="str">
+        <v>2.33</v>
+      </c>
+      <c r="AI6">
+        <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T4</v>
       </c>
       <c r="B7">
         <v>4</v>
       </c>
       <c r="C7">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="D7">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>6</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7" t="str">
-        <v>AJ Garcia</v>
+        <v>Michael Regula</v>
       </c>
       <c r="I7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J7">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="K7">
-        <v>150888</v>
+        <v>224267</v>
       </c>
       <c r="L7" t="str">
-        <v>stringbeanaj</v>
+        <v>mickeyregs</v>
       </c>
       <c r="M7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N7">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="AB7">
+        <v>4</v>
+      </c>
+      <c r="AC7">
+        <v>3</v>
+      </c>
+      <c r="AD7">
+        <v>4</v>
+      </c>
+      <c r="AE7">
+        <v>5</v>
+      </c>
+      <c r="AF7">
+        <v>3</v>
+      </c>
+      <c r="AG7">
+        <v>4</v>
+      </c>
+      <c r="AH7" t="str">
+        <v>2.33</v>
+      </c>
+      <c r="AI7">
+        <v>8</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
       <c r="D8">
         <v>-5</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>8</v>
       </c>
       <c r="G8">
         <v>8</v>
       </c>
       <c r="H8" t="str">
         <v>Cesar Gonzalez</v>
       </c>
       <c r="I8">
         <v>8</v>
       </c>
       <c r="J8">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="L8" t="str">
         <v>cesarg987</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>5</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>4</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>4</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>8</v>
       </c>
       <c r="Z8">
         <v>4</v>
       </c>
       <c r="AA8">
         <v>4</v>
+      </c>
+      <c r="AB8">
+        <v>3</v>
+      </c>
+      <c r="AC8">
+        <v>4</v>
+      </c>
+      <c r="AD8">
+        <v>3</v>
+      </c>
+      <c r="AE8">
+        <v>4</v>
+      </c>
+      <c r="AF8">
+        <v>3</v>
+      </c>
+      <c r="AG8">
+        <v>4</v>
+      </c>
+      <c r="AI8">
+        <v>26</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>8</v>
       </c>
       <c r="C9">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D9">
         <v>1</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>7</v>
       </c>
       <c r="G9">
         <v>7</v>
       </c>
       <c r="H9" t="str">
         <v>Danny Rosen</v>
       </c>
       <c r="I9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J9">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="K9">
         <v>291430</v>
       </c>
       <c r="L9" t="str">
         <v>dannyrosen</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N9">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
         <v>2</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>4</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
         <v>6</v>
       </c>
       <c r="Z9">
         <v>5</v>
       </c>
       <c r="AA9">
         <v>5</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
+      </c>
+      <c r="AC9">
+        <v>4</v>
+      </c>
+      <c r="AD9">
+        <v>3</v>
+      </c>
+      <c r="AE9">
+        <v>5</v>
+      </c>
+      <c r="AF9">
+        <v>3</v>
+      </c>
+      <c r="AG9">
+        <v>5</v>
+      </c>
+      <c r="AI9">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AG9"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AI9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 