--- v0 (2025-11-30)
+++ v1 (2025-12-21)
@@ -3657,50 +3657,53 @@
         <v>2</v>
       </c>
       <c r="AI30">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA2</v>
       </c>
       <c r="B31" t="str">
         <v>19</v>
       </c>
       <c r="C31">
         <v>19</v>
       </c>
       <c r="D31" t="str">
         <v>Dylan Thompson</v>
       </c>
       <c r="E31">
         <v>8</v>
       </c>
       <c r="F31">
         <v>89</v>
       </c>
+      <c r="G31">
+        <v>318144</v>
+      </c>
       <c r="H31" t="str">
         <v>nompus</v>
       </c>
       <c r="I31">
         <v>8</v>
       </c>
       <c r="J31">
         <v>89</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>5</v>
       </c>
       <c r="O31">
         <v>5</v>
       </c>
       <c r="P31">