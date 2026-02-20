--- v0 (2026-01-11)
+++ v1 (2026-02-20)
@@ -1,64 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="bin" ContentType="application/vnd.ms-excel.sheet.binary.macroEnabled.main"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="data" ContentType="application/vnd.openxmlformats-officedocument.model+data"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="tif" ContentType="image/tiff"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="pdf" ContentType="application/pdf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Event results" sheetId="1" r:id="rId1"/>
     <sheet name="Round 1" sheetId="2" r:id="rId2"/>
+    <sheet name="Round 2" sheetId="3" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
@@ -87,51 +89,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -474,1425 +476,1575 @@
       </c>
       <c r="G1" t="str">
         <v>pdga_number</v>
       </c>
       <c r="H1" t="str">
         <v>username</v>
       </c>
       <c r="I1" t="str">
         <v>round_1_relative_score</v>
       </c>
       <c r="J1" t="str">
         <v>round_2_relative_score</v>
       </c>
       <c r="K1" t="str">
         <v>round_1_total_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_2_total_score</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>BEG</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Charlie Fisher</v>
+        <v>Laith Finch</v>
       </c>
       <c r="E2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F2">
-        <v>20</v>
+        <v>25</v>
+      </c>
+      <c r="G2">
+        <v>314824</v>
       </c>
       <c r="H2" t="str">
-        <v>cf99aus</v>
+        <v>flinchfpv</v>
       </c>
       <c r="I2">
+        <v>5</v>
+      </c>
+      <c r="J2">
         <v>0</v>
       </c>
       <c r="K2">
-        <v>20</v>
+        <v>25</v>
+      </c>
+      <c r="L2">
+        <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>BEG</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Dempsey</v>
+        <v>Beau Davis</v>
       </c>
       <c r="E3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F3">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H3" t="str">
-        <v>ndempsey</v>
+        <v>ihavedirt</v>
       </c>
       <c r="I3">
+        <v>3</v>
+      </c>
+      <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="L3">
+        <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>BEG</v>
       </c>
       <c r="B4" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Krystal goscombe</v>
+        <v>Charlie Fisher</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>20</v>
       </c>
       <c r="H4" t="str">
-        <v>twiggi</v>
+        <v>cf99aus</v>
       </c>
       <c r="I4">
+        <v>0</v>
+      </c>
+      <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>20</v>
+      </c>
+      <c r="L4">
+        <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>BEG</v>
       </c>
       <c r="B5" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Nik Conway</v>
+        <v>Dempsey</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>20</v>
       </c>
       <c r="H5" t="str">
-        <v>nikofisho013</v>
+        <v>ndempsey</v>
       </c>
       <c r="I5">
+        <v>0</v>
+      </c>
+      <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>20</v>
+      </c>
+      <c r="L5">
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>BEG</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>HarrietFisher</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>21</v>
       </c>
       <c r="H6" t="str">
         <v>harrietfisher</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
+      <c r="J6">
+        <v>0</v>
+      </c>
       <c r="K6">
         <v>21</v>
+      </c>
+      <c r="L6">
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>BEG</v>
       </c>
       <c r="B7" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D7" t="str">
+        <v>John vanderheeg</v>
+      </c>
+      <c r="E7">
         <v>6</v>
       </c>
-      <c r="C7">
+      <c r="F7">
+        <v>26</v>
+      </c>
+      <c r="H7" t="str">
+        <v>smegace</v>
+      </c>
+      <c r="I7">
         <v>6</v>
       </c>
-      <c r="D7" t="str">
-[...12 lines deleted...]
-        <v>2</v>
+      <c r="J7">
+        <v>0</v>
       </c>
       <c r="K7">
-        <v>22</v>
+        <v>26</v>
+      </c>
+      <c r="L7">
+        <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>BEG</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Beau Davis</v>
+        <v>Ken</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8">
         <v>23</v>
       </c>
       <c r="H8" t="str">
-        <v>ihavedirt</v>
+        <v>diskentinued</v>
       </c>
       <c r="I8">
         <v>3</v>
       </c>
+      <c r="J8">
+        <v>0</v>
+      </c>
       <c r="K8">
         <v>23</v>
+      </c>
+      <c r="L8">
+        <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>BEG</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v>Ken</v>
+        <v>Krystal goscombe</v>
       </c>
       <c r="E9">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F9">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H9" t="str">
-        <v>diskentinued</v>
+        <v>twiggi</v>
       </c>
       <c r="I9">
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="J9">
+        <v>0</v>
       </c>
       <c r="K9">
-        <v>23</v>
+        <v>20</v>
+      </c>
+      <c r="L9">
+        <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>BEG</v>
       </c>
       <c r="B10" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Zac Robbo</v>
+        <v xml:space="preserve">Luke Elliott </v>
       </c>
       <c r="E10">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="F10">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H10" t="str">
-        <v>zacrobbo</v>
+        <v>lukeelliott23</v>
       </c>
       <c r="I10">
-        <v>3</v>
+        <v>15</v>
+      </c>
+      <c r="J10">
+        <v>0</v>
       </c>
       <c r="K10">
-        <v>23</v>
+        <v>35</v>
+      </c>
+      <c r="L10">
+        <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>BEG</v>
       </c>
       <c r="B11" t="str">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D11" t="str">
-        <v>Laith Finch</v>
+        <v xml:space="preserve">Maitland </v>
       </c>
       <c r="E11">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F11">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>314824</v>
+        <v>36</v>
       </c>
       <c r="H11" t="str">
-        <v>flinchfpv</v>
+        <v>maitlande</v>
       </c>
       <c r="I11">
-        <v>5</v>
+        <v>16</v>
+      </c>
+      <c r="J11">
+        <v>0</v>
       </c>
       <c r="K11">
-        <v>25</v>
+        <v>36</v>
+      </c>
+      <c r="L11">
+        <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>BEG</v>
       </c>
       <c r="B12" t="str">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>John vanderheeg</v>
+        <v>Nik Conway</v>
       </c>
       <c r="E12">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F12">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="H12" t="str">
-        <v>smegace</v>
+        <v>nikofisho013</v>
       </c>
       <c r="I12">
-        <v>6</v>
+        <v>0</v>
+      </c>
+      <c r="J12">
+        <v>0</v>
       </c>
       <c r="K12">
-        <v>26</v>
+        <v>20</v>
+      </c>
+      <c r="L12">
+        <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>BEG</v>
       </c>
       <c r="B13" t="str">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>Tania Leanne</v>
+        <v>Ryan Fisher</v>
       </c>
       <c r="E13">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H13" t="str">
-        <v>tanias</v>
+        <v>ryanfish</v>
       </c>
       <c r="I13">
-        <v>9</v>
+        <v>2</v>
+      </c>
+      <c r="J13">
+        <v>0</v>
       </c>
       <c r="K13">
-        <v>29</v>
+        <v>22</v>
+      </c>
+      <c r="L13">
+        <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>BEG</v>
       </c>
       <c r="B14" t="str">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
-        <v xml:space="preserve">Luke Elliott </v>
+        <v>Tania Leanne</v>
       </c>
       <c r="E14">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F14">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H14" t="str">
-        <v>lukeelliott23</v>
+        <v>tanias</v>
       </c>
       <c r="I14">
-        <v>15</v>
+        <v>9</v>
+      </c>
+      <c r="J14">
+        <v>0</v>
       </c>
       <c r="K14">
-        <v>35</v>
+        <v>29</v>
+      </c>
+      <c r="L14">
+        <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>BEG</v>
       </c>
       <c r="B15" t="str">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
-        <v xml:space="preserve">Maitland </v>
+        <v>Zac Robbo</v>
       </c>
       <c r="E15">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="F15">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="H15" t="str">
-        <v>maitlande</v>
+        <v>zacrobbo</v>
       </c>
       <c r="I15">
-        <v>16</v>
+        <v>3</v>
+      </c>
+      <c r="J15">
+        <v>0</v>
       </c>
       <c r="K15">
-        <v>36</v>
+        <v>23</v>
+      </c>
+      <c r="L15">
+        <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>BEG</v>
       </c>
       <c r="B16" t="str">
         <v>DNF</v>
       </c>
       <c r="D16" t="str">
         <v>Elliot Fisher</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="H16" t="str">
         <v/>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
+      <c r="J16">
+        <v>0</v>
+      </c>
       <c r="K16">
+        <v>0</v>
+      </c>
+      <c r="L16">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>BEG</v>
       </c>
       <c r="B17" t="str">
         <v>DNF</v>
       </c>
       <c r="D17" t="str">
         <v>Corey Snork</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="H17" t="str">
         <v/>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
+      <c r="J17">
+        <v>0</v>
+      </c>
       <c r="K17">
+        <v>0</v>
+      </c>
+      <c r="L17">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>BEG</v>
       </c>
       <c r="B18" t="str">
         <v>DNF</v>
       </c>
       <c r="D18" t="str">
         <v>Ari Wynne</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>0</v>
       </c>
       <c r="H18" t="str">
         <v/>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
+      <c r="J18">
+        <v>0</v>
+      </c>
       <c r="K18">
+        <v>0</v>
+      </c>
+      <c r="L18">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>INT</v>
       </c>
       <c r="B19" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D19" t="str">
-        <v>Gary Paul</v>
+        <v>Brian Vanallen</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F19">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G19">
-        <v>209661</v>
+        <v>1999</v>
       </c>
       <c r="H19" t="str">
-        <v>garyp7117</v>
+        <v>brianvanallen</v>
       </c>
       <c r="I19">
+        <v>1</v>
+      </c>
+      <c r="J19">
         <v>0</v>
       </c>
       <c r="K19">
-        <v>20</v>
+        <v>21</v>
+      </c>
+      <c r="L19">
+        <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>INT</v>
       </c>
       <c r="B20" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D20" t="str">
-        <v>Beho</v>
+        <v>Kris Kohout</v>
       </c>
       <c r="E20">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="F20">
-        <v>20</v>
+        <v>39</v>
+      </c>
+      <c r="G20">
+        <v>34248</v>
       </c>
       <c r="H20" t="str">
-        <v>kingbeho</v>
+        <v>hoota77</v>
       </c>
       <c r="I20">
+        <v>19</v>
+      </c>
+      <c r="J20">
         <v>0</v>
       </c>
       <c r="K20">
-        <v>20</v>
+        <v>39</v>
+      </c>
+      <c r="L20">
+        <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>INT</v>
       </c>
       <c r="B21" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D21" t="str">
-        <v>Derek Goscombe</v>
+        <v>Julie O'Donoghue</v>
       </c>
       <c r="E21">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F21">
-        <v>20</v>
+        <v>21</v>
+      </c>
+      <c r="G21">
+        <v>112108</v>
       </c>
       <c r="H21" t="str">
-        <v>akkadakka</v>
+        <v>julie99</v>
       </c>
       <c r="I21">
+        <v>1</v>
+      </c>
+      <c r="J21">
         <v>0</v>
       </c>
       <c r="K21">
-        <v>20</v>
+        <v>21</v>
+      </c>
+      <c r="L21">
+        <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>INT</v>
       </c>
       <c r="B22" t="str">
-        <v>T4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D22" t="str">
-        <v>Brian Vanallen</v>
+        <v>Claudine Baker</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
         <v>21</v>
       </c>
       <c r="G22">
-        <v>1999</v>
+        <v>152419</v>
       </c>
       <c r="H22" t="str">
-        <v>brianvanallen</v>
+        <v>littlelotus</v>
       </c>
       <c r="I22">
         <v>1</v>
+      </c>
+      <c r="J22">
+        <v>0</v>
       </c>
       <c r="K22">
         <v>21</v>
+      </c>
+      <c r="L22">
+        <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>INT</v>
       </c>
       <c r="B23" t="str">
-        <v>T4</v>
-[...1 lines deleted...]
-      <c r="C23">
+        <v>DNF</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Rob Hamilton</v>
+      </c>
+      <c r="E23">
         <v>4</v>
       </c>
-      <c r="D23" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="F23">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G23">
-        <v>112108</v>
+        <v>155091</v>
       </c>
       <c r="H23" t="str">
-        <v>julie99</v>
+        <v>hamslice84</v>
       </c>
       <c r="I23">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="J23">
+        <v>0</v>
       </c>
       <c r="K23">
-        <v>21</v>
+        <v>24</v>
+      </c>
+      <c r="L23">
+        <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>INT</v>
       </c>
       <c r="B24" t="str">
-        <v>T4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>Claudine Baker</v>
+        <v>Jake Kaufmann</v>
       </c>
       <c r="E24">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F24">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G24">
-        <v>152419</v>
+        <v>200774</v>
       </c>
       <c r="H24" t="str">
-        <v>littlelotus</v>
+        <v>jakecoffee</v>
       </c>
       <c r="I24">
-        <v>1</v>
+        <v>14</v>
+      </c>
+      <c r="J24">
+        <v>0</v>
       </c>
       <c r="K24">
-        <v>21</v>
+        <v>34</v>
+      </c>
+      <c r="L24">
+        <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>INT</v>
       </c>
       <c r="B25" t="str">
-        <v>T4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D25" t="str">
-        <v>Matt Wynne</v>
+        <v>Gary Paul</v>
       </c>
       <c r="E25">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F25">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G25">
-        <v>234220</v>
+        <v>209661</v>
       </c>
       <c r="H25" t="str">
-        <v>mattwynne</v>
+        <v>garyp7117</v>
       </c>
       <c r="I25">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="J25">
+        <v>0</v>
       </c>
       <c r="K25">
-        <v>21</v>
+        <v>20</v>
+      </c>
+      <c r="L25">
+        <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>INT</v>
       </c>
       <c r="B26" t="str">
-        <v>T4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D26" t="str">
-        <v>Signe Trommel</v>
+        <v>Leah Manning</v>
       </c>
       <c r="E26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F26">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G26">
-        <v>267346</v>
+        <v>215873</v>
       </c>
       <c r="H26" t="str">
-        <v>signetrommel</v>
+        <v>leahcerise</v>
       </c>
       <c r="I26">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="J26">
+        <v>0</v>
       </c>
       <c r="K26">
-        <v>21</v>
+        <v>22</v>
+      </c>
+      <c r="L26">
+        <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>INT</v>
       </c>
       <c r="B27" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D27" t="str">
-        <v>Leah Manning</v>
+        <v>Matt Wynne</v>
       </c>
       <c r="E27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F27">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G27">
-        <v>215873</v>
+        <v>234220</v>
       </c>
       <c r="H27" t="str">
-        <v>leahcerise</v>
+        <v>mattwynne</v>
       </c>
       <c r="I27">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
       </c>
       <c r="K27">
-        <v>22</v>
+        <v>21</v>
+      </c>
+      <c r="L27">
+        <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>INT</v>
       </c>
       <c r="B28" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D28" t="str">
         <v>Dan Chensee</v>
       </c>
       <c r="E28">
         <v>2</v>
       </c>
       <c r="F28">
         <v>22</v>
       </c>
       <c r="G28">
         <v>244428</v>
       </c>
       <c r="H28" t="str">
         <v>dan284</v>
       </c>
       <c r="I28">
         <v>2</v>
       </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
       <c r="K28">
         <v>22</v>
+      </c>
+      <c r="L28">
+        <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>INT</v>
       </c>
       <c r="B29" t="str">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D29" t="str">
-        <v>Joanne McCamish</v>
+        <v>Signe Trommel</v>
       </c>
       <c r="E29">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F29">
-        <v>23</v>
+        <v>21</v>
+      </c>
+      <c r="G29">
+        <v>267346</v>
       </c>
       <c r="H29" t="str">
-        <v>jojo7477</v>
+        <v>signetrommel</v>
       </c>
       <c r="I29">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="J29">
+        <v>0</v>
       </c>
       <c r="K29">
-        <v>23</v>
+        <v>21</v>
+      </c>
+      <c r="L29">
+        <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>INT</v>
       </c>
       <c r="B30" t="str">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D30" t="str">
-        <v>Rob Hamilton</v>
+        <v>Alex taylor</v>
       </c>
       <c r="E30">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="F30">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>155091</v>
+        <v>40</v>
       </c>
       <c r="H30" t="str">
-        <v>hamslice84</v>
+        <v>alextay</v>
       </c>
       <c r="I30">
-        <v>4</v>
+        <v>20</v>
+      </c>
+      <c r="J30">
+        <v>0</v>
       </c>
       <c r="K30">
-        <v>24</v>
+        <v>40</v>
+      </c>
+      <c r="L30">
+        <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>INT</v>
       </c>
       <c r="B31" t="str">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D31" t="str">
-        <v>zac sawyer</v>
+        <v>Beho</v>
       </c>
       <c r="E31">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F31">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H31" t="str">
-        <v>zacsawyer</v>
+        <v>kingbeho</v>
       </c>
       <c r="I31">
-        <v>7</v>
+        <v>0</v>
+      </c>
+      <c r="J31">
+        <v>0</v>
       </c>
       <c r="K31">
-        <v>27</v>
+        <v>20</v>
+      </c>
+      <c r="L31">
+        <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>INT</v>
       </c>
       <c r="B32" t="str">
-        <v>T14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>DNF</v>
       </c>
       <c r="D32" t="str">
         <v>Craig Morgan</v>
       </c>
       <c r="E32">
         <v>8</v>
       </c>
       <c r="F32">
         <v>28</v>
       </c>
       <c r="H32" t="str">
         <v>craigmorgan</v>
       </c>
       <c r="I32">
         <v>8</v>
       </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
       <c r="K32">
         <v>28</v>
+      </c>
+      <c r="L32">
+        <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>INT</v>
       </c>
       <c r="B33" t="str">
-        <v>T14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>DNF</v>
       </c>
       <c r="D33" t="str">
-        <v>Wyatt Spitze</v>
+        <v>Derek Goscombe</v>
       </c>
       <c r="E33">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F33">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H33" t="str">
-        <v>spitze</v>
+        <v>akkadakka</v>
       </c>
       <c r="I33">
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
       </c>
       <c r="K33">
-        <v>28</v>
+        <v>20</v>
+      </c>
+      <c r="L33">
+        <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>INT</v>
       </c>
       <c r="B34" t="str">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>DNF</v>
       </c>
       <c r="D34" t="str">
-        <v>Matt Beard</v>
+        <v>Joanne McCamish</v>
       </c>
       <c r="E34">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F34">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H34" t="str">
-        <v>beardy1</v>
+        <v>jojo7477</v>
       </c>
       <c r="I34">
-        <v>12</v>
+        <v>3</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
       </c>
       <c r="K34">
-        <v>32</v>
+        <v>23</v>
+      </c>
+      <c r="L34">
+        <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>INT</v>
       </c>
       <c r="B35" t="str">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>DNF</v>
       </c>
       <c r="D35" t="str">
-        <v>Jake Kaufmann</v>
+        <v>Matt Beard</v>
       </c>
       <c r="E35">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F35">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>200774</v>
+        <v>32</v>
       </c>
       <c r="H35" t="str">
-        <v>jakecoffee</v>
+        <v>beardy1</v>
       </c>
       <c r="I35">
-        <v>14</v>
+        <v>12</v>
+      </c>
+      <c r="J35">
+        <v>0</v>
       </c>
       <c r="K35">
-        <v>34</v>
+        <v>32</v>
+      </c>
+      <c r="L35">
+        <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>INT</v>
       </c>
       <c r="B36" t="str">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>DNF</v>
       </c>
       <c r="D36" t="str">
-        <v>Kris Kohout</v>
+        <v>Wyatt Spitze</v>
       </c>
       <c r="E36">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="F36">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>34248</v>
+        <v>28</v>
       </c>
       <c r="H36" t="str">
-        <v>hoota77</v>
+        <v>spitze</v>
       </c>
       <c r="I36">
-        <v>19</v>
+        <v>8</v>
+      </c>
+      <c r="J36">
+        <v>0</v>
       </c>
       <c r="K36">
-        <v>39</v>
+        <v>28</v>
+      </c>
+      <c r="L36">
+        <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>INT</v>
       </c>
       <c r="B37" t="str">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>DNF</v>
       </c>
       <c r="D37" t="str">
-        <v>Alex taylor</v>
+        <v>zac sawyer</v>
       </c>
       <c r="E37">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="F37">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="H37" t="str">
-        <v>alextay</v>
+        <v>zacsawyer</v>
       </c>
       <c r="I37">
-        <v>20</v>
+        <v>7</v>
+      </c>
+      <c r="J37">
+        <v>0</v>
       </c>
       <c r="K37">
-        <v>40</v>
+        <v>27</v>
+      </c>
+      <c r="L37">
+        <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>INT</v>
       </c>
       <c r="B38" t="str">
         <v>DNF</v>
       </c>
       <c r="D38" t="str">
         <v>Kim Holmes</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
       <c r="F38">
         <v>0</v>
       </c>
       <c r="H38" t="str">
         <v>kimholmes</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
+      <c r="J38">
+        <v>0</v>
+      </c>
       <c r="K38">
+        <v>0</v>
+      </c>
+      <c r="L38">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>ADV</v>
       </c>
       <c r="B39" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D39" t="str">
-        <v>Karel Üksvärav</v>
+        <v>Corey Bandy</v>
       </c>
       <c r="E39">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F39">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G39">
-        <v>92171</v>
+        <v>8535</v>
       </c>
       <c r="H39" t="str">
-        <v>karelfk</v>
+        <v>corey76</v>
       </c>
       <c r="I39">
-        <v>1</v>
+        <v>10</v>
+      </c>
+      <c r="J39">
+        <v>0</v>
       </c>
       <c r="K39">
-        <v>21</v>
+        <v>30</v>
+      </c>
+      <c r="L39">
+        <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>ADV</v>
       </c>
       <c r="B40" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D40" t="str">
-        <v>Daniel McCormick</v>
+        <v>Paul Noesen</v>
       </c>
       <c r="E40">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F40">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G40">
-        <v>192524</v>
+        <v>24666</v>
       </c>
       <c r="H40" t="str">
-        <v>mcdiddles</v>
+        <v>noisynoesen</v>
       </c>
       <c r="I40">
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="J40">
+        <v>0</v>
       </c>
       <c r="K40">
-        <v>21</v>
+        <v>29</v>
+      </c>
+      <c r="L40">
+        <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>ADV</v>
       </c>
       <c r="B41" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D41" t="str">
-        <v>Michael Canci</v>
+        <v>Karel Üksvärav</v>
       </c>
       <c r="E41">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F41">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G41">
-        <v>99119</v>
+        <v>92171</v>
       </c>
       <c r="H41" t="str">
-        <v>mixmaster</v>
+        <v>karelfk</v>
       </c>
       <c r="I41">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="J41">
+        <v>0</v>
       </c>
       <c r="K41">
-        <v>23</v>
+        <v>21</v>
+      </c>
+      <c r="L41">
+        <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>ADV</v>
       </c>
       <c r="B42" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D42" t="str">
-        <v>Beau Wright</v>
+        <v>Michael Canci</v>
       </c>
       <c r="E42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F42">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G42">
-        <v>187884</v>
+        <v>99119</v>
       </c>
       <c r="H42" t="str">
-        <v>beauwright99</v>
+        <v>mixmaster</v>
       </c>
       <c r="I42">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="J42">
+        <v>0</v>
       </c>
       <c r="K42">
-        <v>24</v>
+        <v>23</v>
+      </c>
+      <c r="L42">
+        <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>ADV</v>
       </c>
       <c r="B43" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D43" t="str">
-        <v>Juhan Uudeküll</v>
+        <v>Beau Wright</v>
       </c>
       <c r="E43">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F43">
-        <v>26</v>
+        <v>24</v>
+      </c>
+      <c r="G43">
+        <v>187884</v>
       </c>
       <c r="H43" t="str">
-        <v>juhanu</v>
+        <v>beauwright99</v>
       </c>
       <c r="I43">
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="J43">
+        <v>0</v>
       </c>
       <c r="K43">
-        <v>26</v>
+        <v>24</v>
+      </c>
+      <c r="L43">
+        <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>ADV</v>
       </c>
       <c r="B44" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D44" t="str">
-        <v>Paul Noesen</v>
+        <v>Daniel McCormick</v>
       </c>
       <c r="E44">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F44">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G44">
-        <v>24666</v>
+        <v>192524</v>
       </c>
       <c r="H44" t="str">
-        <v>noisynoesen</v>
+        <v>mcdiddles</v>
       </c>
       <c r="I44">
-        <v>9</v>
+        <v>1</v>
+      </c>
+      <c r="J44">
+        <v>0</v>
       </c>
       <c r="K44">
-        <v>29</v>
+        <v>21</v>
+      </c>
+      <c r="L44">
+        <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>ADV</v>
       </c>
       <c r="B45" t="str">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D45" t="str">
-        <v>Corey Bandy</v>
+        <v>Jon Munnikhuis</v>
       </c>
       <c r="E45">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="F45">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="G45">
-        <v>8535</v>
+        <v>214216</v>
       </c>
       <c r="H45" t="str">
-        <v>corey76</v>
+        <v>jmunni</v>
       </c>
       <c r="I45">
-        <v>10</v>
+        <v>19</v>
+      </c>
+      <c r="J45">
+        <v>0</v>
       </c>
       <c r="K45">
-        <v>30</v>
+        <v>39</v>
+      </c>
+      <c r="L45">
+        <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>ADV</v>
       </c>
       <c r="B46" t="str">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D46" t="str">
-        <v>Jon Munnikhuis</v>
+        <v>Knher Santos</v>
       </c>
       <c r="E46">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F46">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="G46">
-        <v>214216</v>
+        <v>231054</v>
       </c>
       <c r="H46" t="str">
-        <v>jmunni</v>
+        <v>winrenk</v>
       </c>
       <c r="I46">
-        <v>19</v>
+        <v>27</v>
+      </c>
+      <c r="J46">
+        <v>0</v>
       </c>
       <c r="K46">
-        <v>39</v>
+        <v>47</v>
+      </c>
+      <c r="L46">
+        <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>ADV</v>
       </c>
       <c r="B47" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D47" t="str">
-        <v>Knher Santos</v>
+        <v>Juhan Uudeküll</v>
       </c>
       <c r="E47">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="F47">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>231054</v>
+        <v>26</v>
       </c>
       <c r="H47" t="str">
-        <v>winrenk</v>
+        <v>juhanu</v>
       </c>
       <c r="I47">
-        <v>27</v>
+        <v>6</v>
+      </c>
+      <c r="J47">
+        <v>0</v>
       </c>
       <c r="K47">
-        <v>47</v>
+        <v>26</v>
+      </c>
+      <c r="L47">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:L47"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AD47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
@@ -5898,50 +6050,1413 @@
         <v>6</v>
       </c>
       <c r="Z47">
         <v>8</v>
       </c>
       <c r="AA47">
         <v>1</v>
       </c>
       <c r="AB47">
         <v>1</v>
       </c>
       <c r="AC47">
         <v>1</v>
       </c>
       <c r="AD47">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AD47"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:AD47"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>division</v>
+      </c>
+      <c r="B1" t="str">
+        <v>position</v>
+      </c>
+      <c r="C1" t="str">
+        <v>position_raw</v>
+      </c>
+      <c r="D1" t="str">
+        <v>name</v>
+      </c>
+      <c r="E1" t="str">
+        <v>event_relative_score</v>
+      </c>
+      <c r="F1" t="str">
+        <v>event_total_score</v>
+      </c>
+      <c r="G1" t="str">
+        <v>pdga_number</v>
+      </c>
+      <c r="H1" t="str">
+        <v>username</v>
+      </c>
+      <c r="I1" t="str">
+        <v>round_relative_score</v>
+      </c>
+      <c r="J1" t="str">
+        <v>round_total_score</v>
+      </c>
+      <c r="K1" t="str">
+        <v>hole 1</v>
+      </c>
+      <c r="L1" t="str">
+        <v>hole 2</v>
+      </c>
+      <c r="M1" t="str">
+        <v>hole 3</v>
+      </c>
+      <c r="N1" t="str">
+        <v>hole 4</v>
+      </c>
+      <c r="O1" t="str">
+        <v>hole 5</v>
+      </c>
+      <c r="P1" t="str">
+        <v>hole 6</v>
+      </c>
+      <c r="Q1" t="str">
+        <v>hole 7</v>
+      </c>
+      <c r="R1" t="str">
+        <v>hole 8</v>
+      </c>
+      <c r="S1" t="str">
+        <v>hole 9</v>
+      </c>
+      <c r="T1" t="str">
+        <v>hole 10</v>
+      </c>
+      <c r="U1" t="str">
+        <v>hole 11</v>
+      </c>
+      <c r="V1" t="str">
+        <v>hole 12</v>
+      </c>
+      <c r="W1" t="str">
+        <v>hole 13</v>
+      </c>
+      <c r="X1" t="str">
+        <v>hole 14</v>
+      </c>
+      <c r="Y1" t="str">
+        <v>hole 15</v>
+      </c>
+      <c r="Z1" t="str">
+        <v>hole 16</v>
+      </c>
+      <c r="AA1" t="str">
+        <v>hole 17</v>
+      </c>
+      <c r="AB1" t="str">
+        <v>hole 18</v>
+      </c>
+      <c r="AC1" t="str">
+        <v>hole 19</v>
+      </c>
+      <c r="AD1" t="str">
+        <v>hole 20</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B2" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D2" t="str">
+        <v>Laith Finch</v>
+      </c>
+      <c r="E2">
+        <v>5</v>
+      </c>
+      <c r="F2">
+        <v>25</v>
+      </c>
+      <c r="G2">
+        <v>314824</v>
+      </c>
+      <c r="H2" t="str">
+        <v>flinchfpv</v>
+      </c>
+      <c r="I2">
+        <v>0</v>
+      </c>
+      <c r="J2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B3" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D3" t="str">
+        <v>Beau Davis</v>
+      </c>
+      <c r="E3">
+        <v>3</v>
+      </c>
+      <c r="F3">
+        <v>23</v>
+      </c>
+      <c r="H3" t="str">
+        <v>ihavedirt</v>
+      </c>
+      <c r="I3">
+        <v>0</v>
+      </c>
+      <c r="J3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B4" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Charlie Fisher</v>
+      </c>
+      <c r="E4">
+        <v>0</v>
+      </c>
+      <c r="F4">
+        <v>20</v>
+      </c>
+      <c r="H4" t="str">
+        <v>cf99aus</v>
+      </c>
+      <c r="I4">
+        <v>0</v>
+      </c>
+      <c r="J4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B5" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Dempsey</v>
+      </c>
+      <c r="E5">
+        <v>0</v>
+      </c>
+      <c r="F5">
+        <v>20</v>
+      </c>
+      <c r="H5" t="str">
+        <v>ndempsey</v>
+      </c>
+      <c r="I5">
+        <v>0</v>
+      </c>
+      <c r="J5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B6" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D6" t="str">
+        <v>HarrietFisher</v>
+      </c>
+      <c r="E6">
+        <v>1</v>
+      </c>
+      <c r="F6">
+        <v>21</v>
+      </c>
+      <c r="H6" t="str">
+        <v>harrietfisher</v>
+      </c>
+      <c r="I6">
+        <v>0</v>
+      </c>
+      <c r="J6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B7" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D7" t="str">
+        <v>John vanderheeg</v>
+      </c>
+      <c r="E7">
+        <v>6</v>
+      </c>
+      <c r="F7">
+        <v>26</v>
+      </c>
+      <c r="H7" t="str">
+        <v>smegace</v>
+      </c>
+      <c r="I7">
+        <v>0</v>
+      </c>
+      <c r="J7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B8" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Ken</v>
+      </c>
+      <c r="E8">
+        <v>3</v>
+      </c>
+      <c r="F8">
+        <v>23</v>
+      </c>
+      <c r="H8" t="str">
+        <v>diskentinued</v>
+      </c>
+      <c r="I8">
+        <v>0</v>
+      </c>
+      <c r="J8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B9" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Krystal goscombe</v>
+      </c>
+      <c r="E9">
+        <v>0</v>
+      </c>
+      <c r="F9">
+        <v>20</v>
+      </c>
+      <c r="H9" t="str">
+        <v>twiggi</v>
+      </c>
+      <c r="I9">
+        <v>0</v>
+      </c>
+      <c r="J9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B10" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D10" t="str">
+        <v xml:space="preserve">Luke Elliott </v>
+      </c>
+      <c r="E10">
+        <v>15</v>
+      </c>
+      <c r="F10">
+        <v>35</v>
+      </c>
+      <c r="H10" t="str">
+        <v>lukeelliott23</v>
+      </c>
+      <c r="I10">
+        <v>0</v>
+      </c>
+      <c r="J10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B11" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D11" t="str">
+        <v xml:space="preserve">Maitland </v>
+      </c>
+      <c r="E11">
+        <v>16</v>
+      </c>
+      <c r="F11">
+        <v>36</v>
+      </c>
+      <c r="H11" t="str">
+        <v>maitlande</v>
+      </c>
+      <c r="I11">
+        <v>0</v>
+      </c>
+      <c r="J11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B12" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Nik Conway</v>
+      </c>
+      <c r="E12">
+        <v>0</v>
+      </c>
+      <c r="F12">
+        <v>20</v>
+      </c>
+      <c r="H12" t="str">
+        <v>nikofisho013</v>
+      </c>
+      <c r="I12">
+        <v>0</v>
+      </c>
+      <c r="J12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B13" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Ryan Fisher</v>
+      </c>
+      <c r="E13">
+        <v>2</v>
+      </c>
+      <c r="F13">
+        <v>22</v>
+      </c>
+      <c r="H13" t="str">
+        <v>ryanfish</v>
+      </c>
+      <c r="I13">
+        <v>0</v>
+      </c>
+      <c r="J13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B14" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Tania Leanne</v>
+      </c>
+      <c r="E14">
+        <v>9</v>
+      </c>
+      <c r="F14">
+        <v>29</v>
+      </c>
+      <c r="H14" t="str">
+        <v>tanias</v>
+      </c>
+      <c r="I14">
+        <v>0</v>
+      </c>
+      <c r="J14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B15" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D15" t="str">
+        <v>Zac Robbo</v>
+      </c>
+      <c r="E15">
+        <v>3</v>
+      </c>
+      <c r="F15">
+        <v>23</v>
+      </c>
+      <c r="H15" t="str">
+        <v>zacrobbo</v>
+      </c>
+      <c r="I15">
+        <v>0</v>
+      </c>
+      <c r="J15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B16" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Elliot Fisher</v>
+      </c>
+      <c r="E16">
+        <v>0</v>
+      </c>
+      <c r="F16">
+        <v>0</v>
+      </c>
+      <c r="H16" t="str">
+        <v/>
+      </c>
+      <c r="I16">
+        <v>0</v>
+      </c>
+      <c r="J16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B17" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Corey Snork</v>
+      </c>
+      <c r="E17">
+        <v>0</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
+      </c>
+      <c r="H17" t="str">
+        <v/>
+      </c>
+      <c r="I17">
+        <v>0</v>
+      </c>
+      <c r="J17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v>BEG</v>
+      </c>
+      <c r="B18" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D18" t="str">
+        <v>Ari Wynne</v>
+      </c>
+      <c r="E18">
+        <v>0</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+      <c r="H18" t="str">
+        <v/>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="J18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B19" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D19" t="str">
+        <v>Brian Vanallen</v>
+      </c>
+      <c r="E19">
+        <v>1</v>
+      </c>
+      <c r="F19">
+        <v>21</v>
+      </c>
+      <c r="G19">
+        <v>1999</v>
+      </c>
+      <c r="H19" t="str">
+        <v>brianvanallen</v>
+      </c>
+      <c r="I19">
+        <v>0</v>
+      </c>
+      <c r="J19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B20" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Kris Kohout</v>
+      </c>
+      <c r="E20">
+        <v>19</v>
+      </c>
+      <c r="F20">
+        <v>39</v>
+      </c>
+      <c r="G20">
+        <v>34248</v>
+      </c>
+      <c r="H20" t="str">
+        <v>hoota77</v>
+      </c>
+      <c r="I20">
+        <v>0</v>
+      </c>
+      <c r="J20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B21" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Julie O'Donoghue</v>
+      </c>
+      <c r="E21">
+        <v>1</v>
+      </c>
+      <c r="F21">
+        <v>21</v>
+      </c>
+      <c r="G21">
+        <v>112108</v>
+      </c>
+      <c r="H21" t="str">
+        <v>julie99</v>
+      </c>
+      <c r="I21">
+        <v>0</v>
+      </c>
+      <c r="J21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B22" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D22" t="str">
+        <v>Claudine Baker</v>
+      </c>
+      <c r="E22">
+        <v>1</v>
+      </c>
+      <c r="F22">
+        <v>21</v>
+      </c>
+      <c r="G22">
+        <v>152419</v>
+      </c>
+      <c r="H22" t="str">
+        <v>littlelotus</v>
+      </c>
+      <c r="I22">
+        <v>0</v>
+      </c>
+      <c r="J22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B23" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Rob Hamilton</v>
+      </c>
+      <c r="E23">
+        <v>4</v>
+      </c>
+      <c r="F23">
+        <v>24</v>
+      </c>
+      <c r="G23">
+        <v>155091</v>
+      </c>
+      <c r="H23" t="str">
+        <v>hamslice84</v>
+      </c>
+      <c r="I23">
+        <v>0</v>
+      </c>
+      <c r="J23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B24" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Jake Kaufmann</v>
+      </c>
+      <c r="E24">
+        <v>14</v>
+      </c>
+      <c r="F24">
+        <v>34</v>
+      </c>
+      <c r="G24">
+        <v>200774</v>
+      </c>
+      <c r="H24" t="str">
+        <v>jakecoffee</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
+      </c>
+      <c r="J24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B25" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Gary Paul</v>
+      </c>
+      <c r="E25">
+        <v>0</v>
+      </c>
+      <c r="F25">
+        <v>20</v>
+      </c>
+      <c r="G25">
+        <v>209661</v>
+      </c>
+      <c r="H25" t="str">
+        <v>garyp7117</v>
+      </c>
+      <c r="I25">
+        <v>0</v>
+      </c>
+      <c r="J25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B26" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Leah Manning</v>
+      </c>
+      <c r="E26">
+        <v>2</v>
+      </c>
+      <c r="F26">
+        <v>22</v>
+      </c>
+      <c r="G26">
+        <v>215873</v>
+      </c>
+      <c r="H26" t="str">
+        <v>leahcerise</v>
+      </c>
+      <c r="I26">
+        <v>0</v>
+      </c>
+      <c r="J26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B27" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D27" t="str">
+        <v>Matt Wynne</v>
+      </c>
+      <c r="E27">
+        <v>1</v>
+      </c>
+      <c r="F27">
+        <v>21</v>
+      </c>
+      <c r="G27">
+        <v>234220</v>
+      </c>
+      <c r="H27" t="str">
+        <v>mattwynne</v>
+      </c>
+      <c r="I27">
+        <v>0</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B28" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D28" t="str">
+        <v>Dan Chensee</v>
+      </c>
+      <c r="E28">
+        <v>2</v>
+      </c>
+      <c r="F28">
+        <v>22</v>
+      </c>
+      <c r="G28">
+        <v>244428</v>
+      </c>
+      <c r="H28" t="str">
+        <v>dan284</v>
+      </c>
+      <c r="I28">
+        <v>0</v>
+      </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B29" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D29" t="str">
+        <v>Signe Trommel</v>
+      </c>
+      <c r="E29">
+        <v>1</v>
+      </c>
+      <c r="F29">
+        <v>21</v>
+      </c>
+      <c r="G29">
+        <v>267346</v>
+      </c>
+      <c r="H29" t="str">
+        <v>signetrommel</v>
+      </c>
+      <c r="I29">
+        <v>0</v>
+      </c>
+      <c r="J29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B30" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D30" t="str">
+        <v>Alex taylor</v>
+      </c>
+      <c r="E30">
+        <v>20</v>
+      </c>
+      <c r="F30">
+        <v>40</v>
+      </c>
+      <c r="H30" t="str">
+        <v>alextay</v>
+      </c>
+      <c r="I30">
+        <v>0</v>
+      </c>
+      <c r="J30">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B31" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D31" t="str">
+        <v>Beho</v>
+      </c>
+      <c r="E31">
+        <v>0</v>
+      </c>
+      <c r="F31">
+        <v>20</v>
+      </c>
+      <c r="H31" t="str">
+        <v>kingbeho</v>
+      </c>
+      <c r="I31">
+        <v>0</v>
+      </c>
+      <c r="J31">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B32" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D32" t="str">
+        <v>Craig Morgan</v>
+      </c>
+      <c r="E32">
+        <v>8</v>
+      </c>
+      <c r="F32">
+        <v>28</v>
+      </c>
+      <c r="H32" t="str">
+        <v>craigmorgan</v>
+      </c>
+      <c r="I32">
+        <v>0</v>
+      </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B33" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D33" t="str">
+        <v>Derek Goscombe</v>
+      </c>
+      <c r="E33">
+        <v>0</v>
+      </c>
+      <c r="F33">
+        <v>20</v>
+      </c>
+      <c r="H33" t="str">
+        <v>akkadakka</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B34" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D34" t="str">
+        <v>Joanne McCamish</v>
+      </c>
+      <c r="E34">
+        <v>3</v>
+      </c>
+      <c r="F34">
+        <v>23</v>
+      </c>
+      <c r="H34" t="str">
+        <v>jojo7477</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B35" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D35" t="str">
+        <v>Matt Beard</v>
+      </c>
+      <c r="E35">
+        <v>12</v>
+      </c>
+      <c r="F35">
+        <v>32</v>
+      </c>
+      <c r="H35" t="str">
+        <v>beardy1</v>
+      </c>
+      <c r="I35">
+        <v>0</v>
+      </c>
+      <c r="J35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B36" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D36" t="str">
+        <v>Wyatt Spitze</v>
+      </c>
+      <c r="E36">
+        <v>8</v>
+      </c>
+      <c r="F36">
+        <v>28</v>
+      </c>
+      <c r="H36" t="str">
+        <v>spitze</v>
+      </c>
+      <c r="I36">
+        <v>0</v>
+      </c>
+      <c r="J36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B37" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D37" t="str">
+        <v>zac sawyer</v>
+      </c>
+      <c r="E37">
+        <v>7</v>
+      </c>
+      <c r="F37">
+        <v>27</v>
+      </c>
+      <c r="H37" t="str">
+        <v>zacsawyer</v>
+      </c>
+      <c r="I37">
+        <v>0</v>
+      </c>
+      <c r="J37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="str">
+        <v>INT</v>
+      </c>
+      <c r="B38" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D38" t="str">
+        <v>Kim Holmes</v>
+      </c>
+      <c r="E38">
+        <v>0</v>
+      </c>
+      <c r="F38">
+        <v>0</v>
+      </c>
+      <c r="H38" t="str">
+        <v>kimholmes</v>
+      </c>
+      <c r="I38">
+        <v>0</v>
+      </c>
+      <c r="J38">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
+        <v>ADV</v>
+      </c>
+      <c r="B39" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D39" t="str">
+        <v>Corey Bandy</v>
+      </c>
+      <c r="E39">
+        <v>10</v>
+      </c>
+      <c r="F39">
+        <v>30</v>
+      </c>
+      <c r="G39">
+        <v>8535</v>
+      </c>
+      <c r="H39" t="str">
+        <v>corey76</v>
+      </c>
+      <c r="I39">
+        <v>0</v>
+      </c>
+      <c r="J39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="str">
+        <v>ADV</v>
+      </c>
+      <c r="B40" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D40" t="str">
+        <v>Paul Noesen</v>
+      </c>
+      <c r="E40">
+        <v>9</v>
+      </c>
+      <c r="F40">
+        <v>29</v>
+      </c>
+      <c r="G40">
+        <v>24666</v>
+      </c>
+      <c r="H40" t="str">
+        <v>noisynoesen</v>
+      </c>
+      <c r="I40">
+        <v>0</v>
+      </c>
+      <c r="J40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="str">
+        <v>ADV</v>
+      </c>
+      <c r="B41" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D41" t="str">
+        <v>Karel Üksvärav</v>
+      </c>
+      <c r="E41">
+        <v>1</v>
+      </c>
+      <c r="F41">
+        <v>21</v>
+      </c>
+      <c r="G41">
+        <v>92171</v>
+      </c>
+      <c r="H41" t="str">
+        <v>karelfk</v>
+      </c>
+      <c r="I41">
+        <v>0</v>
+      </c>
+      <c r="J41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="str">
+        <v>ADV</v>
+      </c>
+      <c r="B42" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D42" t="str">
+        <v>Michael Canci</v>
+      </c>
+      <c r="E42">
+        <v>3</v>
+      </c>
+      <c r="F42">
+        <v>23</v>
+      </c>
+      <c r="G42">
+        <v>99119</v>
+      </c>
+      <c r="H42" t="str">
+        <v>mixmaster</v>
+      </c>
+      <c r="I42">
+        <v>0</v>
+      </c>
+      <c r="J42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="str">
+        <v>ADV</v>
+      </c>
+      <c r="B43" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D43" t="str">
+        <v>Beau Wright</v>
+      </c>
+      <c r="E43">
+        <v>4</v>
+      </c>
+      <c r="F43">
+        <v>24</v>
+      </c>
+      <c r="G43">
+        <v>187884</v>
+      </c>
+      <c r="H43" t="str">
+        <v>beauwright99</v>
+      </c>
+      <c r="I43">
+        <v>0</v>
+      </c>
+      <c r="J43">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="str">
+        <v>ADV</v>
+      </c>
+      <c r="B44" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D44" t="str">
+        <v>Daniel McCormick</v>
+      </c>
+      <c r="E44">
+        <v>1</v>
+      </c>
+      <c r="F44">
+        <v>21</v>
+      </c>
+      <c r="G44">
+        <v>192524</v>
+      </c>
+      <c r="H44" t="str">
+        <v>mcdiddles</v>
+      </c>
+      <c r="I44">
+        <v>0</v>
+      </c>
+      <c r="J44">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="str">
+        <v>ADV</v>
+      </c>
+      <c r="B45" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D45" t="str">
+        <v>Jon Munnikhuis</v>
+      </c>
+      <c r="E45">
+        <v>19</v>
+      </c>
+      <c r="F45">
+        <v>39</v>
+      </c>
+      <c r="G45">
+        <v>214216</v>
+      </c>
+      <c r="H45" t="str">
+        <v>jmunni</v>
+      </c>
+      <c r="I45">
+        <v>0</v>
+      </c>
+      <c r="J45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="str">
+        <v>ADV</v>
+      </c>
+      <c r="B46" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D46" t="str">
+        <v>Knher Santos</v>
+      </c>
+      <c r="E46">
+        <v>27</v>
+      </c>
+      <c r="F46">
+        <v>47</v>
+      </c>
+      <c r="G46">
+        <v>231054</v>
+      </c>
+      <c r="H46" t="str">
+        <v>winrenk</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
+      </c>
+      <c r="J46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="str">
+        <v>ADV</v>
+      </c>
+      <c r="B47" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D47" t="str">
+        <v>Juhan Uudeküll</v>
+      </c>
+      <c r="E47">
+        <v>6</v>
+      </c>
+      <c r="F47">
+        <v>26</v>
+      </c>
+      <c r="H47" t="str">
+        <v>juhanu</v>
+      </c>
+      <c r="I47">
+        <v>0</v>
+      </c>
+      <c r="J47">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <ignoredErrors>
+    <ignoredError numberStoredAsText="1" sqref="A1:AD47"/>
+  </ignoredErrors>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
       <vt:lpstr>Round 1</vt:lpstr>
+      <vt:lpstr>Round 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>