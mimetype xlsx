--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -3506,50 +3506,53 @@
         <v>3</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T36</v>
       </c>
       <c r="C37">
         <v>36</v>
       </c>
       <c r="D37" t="str">
         <v>Craig Benedict</v>
       </c>
       <c r="E37">
         <v>16</v>
       </c>
       <c r="F37">
         <v>70</v>
       </c>
+      <c r="G37">
+        <v>320076</v>
+      </c>
       <c r="H37" t="str">
         <v>craigchrist</v>
       </c>
       <c r="I37">
         <v>16</v>
       </c>
       <c r="J37">
         <v>70</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>5</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
         <v>5</v>
       </c>
       <c r="O37">
         <v>4</v>
       </c>
       <c r="P37">