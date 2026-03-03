--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -3589,50 +3589,53 @@
         <v>4</v>
       </c>
       <c r="AB37">
         <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
         <v>Craig Benedict</v>
       </c>
       <c r="E38">
         <v>14</v>
       </c>
       <c r="F38">
         <v>68</v>
       </c>
+      <c r="G38">
+        <v>320076</v>
+      </c>
       <c r="H38" t="str">
         <v>craigchrist</v>
       </c>
       <c r="I38">
         <v>14</v>
       </c>
       <c r="J38">
         <v>68</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>4</v>
       </c>
       <c r="M38">
         <v>3</v>
       </c>
       <c r="N38">
         <v>5</v>
       </c>
       <c r="O38">
         <v>4</v>
       </c>
       <c r="P38">