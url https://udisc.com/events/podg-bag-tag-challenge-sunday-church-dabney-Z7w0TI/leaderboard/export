--- v0 (2025-11-28)
+++ v1 (2025-12-21)
@@ -802,50 +802,53 @@
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Micah Boutin</v>
       </c>
       <c r="E5">
         <v>10</v>
       </c>
       <c r="F5">
         <v>64</v>
       </c>
+      <c r="G5">
+        <v>318655</v>
+      </c>
       <c r="H5" t="str">
         <v>thezombiegod</v>
       </c>
       <c r="I5">
         <v>10</v>
       </c>
       <c r="J5">
         <v>64</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">