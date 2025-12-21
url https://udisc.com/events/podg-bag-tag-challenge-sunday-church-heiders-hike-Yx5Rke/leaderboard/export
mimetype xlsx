--- v0 (2025-11-28)
+++ v1 (2025-12-21)
@@ -1135,200 +1135,203 @@
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>5</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Geo capetillo</v>
+        <v>Micah Boutin</v>
       </c>
       <c r="E9">
         <v>15</v>
       </c>
       <c r="F9">
         <v>71</v>
       </c>
+      <c r="G9">
+        <v>318655</v>
+      </c>
       <c r="H9" t="str">
-        <v>geoc13</v>
+        <v>thezombiegod</v>
       </c>
       <c r="I9">
         <v>15</v>
       </c>
       <c r="J9">
         <v>71</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="T9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z9">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Micah Boutin</v>
+        <v>Geo capetillo</v>
       </c>
       <c r="E10">
         <v>15</v>
       </c>
       <c r="F10">
         <v>71</v>
       </c>
       <c r="H10" t="str">
-        <v>thezombiegod</v>
+        <v>geoc13</v>
       </c>
       <c r="I10">
         <v>15</v>
       </c>
       <c r="J10">
         <v>71</v>
       </c>
       <c r="K10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AA10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>