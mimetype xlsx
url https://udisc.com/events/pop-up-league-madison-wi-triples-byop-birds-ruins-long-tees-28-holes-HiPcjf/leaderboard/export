--- v0 (2025-10-21)
+++ v1 (2025-12-17)
@@ -591,51 +591,51 @@
       </c>
       <c r="AL1" t="str">
         <v>hole_28</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>OB-GYNs</v>
       </c>
       <c r="E2">
         <v>-22</v>
       </c>
       <c r="F2">
         <v>69</v>
       </c>
       <c r="H2" t="str">
-        <v>berkyy,justinhurajt,tristanmcg</v>
+        <v>berkyy,tristanmcg,justinhurajt</v>
       </c>
       <c r="I2">
         <v>-22</v>
       </c>
       <c r="J2">
         <v>69</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -817,51 +817,51 @@
       </c>
       <c r="AL3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Pretty fly for an Octopi guy</v>
       </c>
       <c r="E4">
         <v>-17</v>
       </c>
       <c r="F4">
         <v>74</v>
       </c>
       <c r="H4" t="str">
-        <v>discinnate,clinton,spookydookie</v>
+        <v>clinton,discinnate,spookydookie</v>
       </c>
       <c r="I4">
         <v>-17</v>
       </c>
       <c r="J4">
         <v>74</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -1156,51 +1156,51 @@
       </c>
       <c r="AL6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>It's Broux time</v>
       </c>
       <c r="E7">
         <v>-10</v>
       </c>
       <c r="F7">
         <v>81</v>
       </c>
       <c r="H7" t="str">
-        <v>brucewitzenburg,elmeezo,tdebroux</v>
+        <v>brucewitzenburg,tdebroux,elmeezo</v>
       </c>
       <c r="I7">
         <v>-10</v>
       </c>
       <c r="J7">
         <v>81</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
@@ -1382,51 +1382,51 @@
       </c>
       <c r="AL8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Putt Pirates</v>
       </c>
       <c r="E9">
         <v>-8</v>
       </c>
       <c r="F9">
         <v>83</v>
       </c>
       <c r="H9" t="str">
-        <v>mandanimal,davetgilles,coreyandersen</v>
+        <v>coreyandersen,mandanimal,davetgilles</v>
       </c>
       <c r="I9">
         <v>-8</v>
       </c>
       <c r="J9">
         <v>83</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
@@ -1495,51 +1495,51 @@
       </c>
       <c r="AL9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v xml:space="preserve">Stable Boys </v>
       </c>
       <c r="E10">
         <v>-8</v>
       </c>
       <c r="F10">
         <v>83</v>
       </c>
       <c r="H10" t="str">
-        <v>dpatters,sivart333,dankhead</v>
+        <v>dankhead,dpatters,sivart333</v>
       </c>
       <c r="I10">
         <v>-8</v>
       </c>
       <c r="J10">
         <v>83</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
@@ -1608,51 +1608,51 @@
       </c>
       <c r="AL10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Cam Skattebogeys</v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>86</v>
       </c>
       <c r="H11" t="str">
-        <v>nschles,lunarglacier,grayant</v>
+        <v>nschles,grayant,lunarglacier</v>
       </c>
       <c r="I11">
         <v>-5</v>
       </c>
       <c r="J11">
         <v>86</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -1721,51 +1721,51 @@
       </c>
       <c r="AL11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Frisbee Friends</v>
       </c>
       <c r="E12">
         <v>-4</v>
       </c>
       <c r="F12">
         <v>87</v>
       </c>
       <c r="H12" t="str">
-        <v>drekil,jaburch,davidflick</v>
+        <v>jaburch,drekil,davidflick</v>
       </c>
       <c r="I12">
         <v>-4</v>
       </c>
       <c r="J12">
         <v>87</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
@@ -1947,51 +1947,51 @@
       </c>
       <c r="AL13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Trio of Flingstruction</v>
       </c>
       <c r="E14">
         <v>-1</v>
       </c>
       <c r="F14">
         <v>90</v>
       </c>
       <c r="H14" t="str">
-        <v>mattwussow,blackop,iridesnow900</v>
+        <v>mattwussow,iridesnow900,blackop</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
       <c r="J14">
         <v>90</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>