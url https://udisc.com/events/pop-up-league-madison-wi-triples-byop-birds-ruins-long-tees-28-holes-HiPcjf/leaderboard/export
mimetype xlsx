--- v1 (2025-12-17)
+++ v2 (2026-03-19)
@@ -591,51 +591,51 @@
       </c>
       <c r="AL1" t="str">
         <v>hole_28</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>OB-GYNs</v>
       </c>
       <c r="E2">
         <v>-22</v>
       </c>
       <c r="F2">
         <v>69</v>
       </c>
       <c r="H2" t="str">
-        <v>berkyy,tristanmcg,justinhurajt</v>
+        <v>berkyy,justinhurajt,tristanmcg</v>
       </c>
       <c r="I2">
         <v>-22</v>
       </c>
       <c r="J2">
         <v>69</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -817,51 +817,51 @@
       </c>
       <c r="AL3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Pretty fly for an Octopi guy</v>
       </c>
       <c r="E4">
         <v>-17</v>
       </c>
       <c r="F4">
         <v>74</v>
       </c>
       <c r="H4" t="str">
-        <v>clinton,discinnate,spookydookie</v>
+        <v>discinnate,clinton,spookydookie</v>
       </c>
       <c r="I4">
         <v>-17</v>
       </c>
       <c r="J4">
         <v>74</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -1156,51 +1156,51 @@
       </c>
       <c r="AL6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>It's Broux time</v>
       </c>
       <c r="E7">
         <v>-10</v>
       </c>
       <c r="F7">
         <v>81</v>
       </c>
       <c r="H7" t="str">
-        <v>brucewitzenburg,tdebroux,elmeezo</v>
+        <v>brucewitzenburg,elmeezo,tdebroux</v>
       </c>
       <c r="I7">
         <v>-10</v>
       </c>
       <c r="J7">
         <v>81</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
@@ -1382,51 +1382,51 @@
       </c>
       <c r="AL8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Putt Pirates</v>
       </c>
       <c r="E9">
         <v>-8</v>
       </c>
       <c r="F9">
         <v>83</v>
       </c>
       <c r="H9" t="str">
-        <v>coreyandersen,mandanimal,davetgilles</v>
+        <v>mandanimal,davetgilles,coreyandersen</v>
       </c>
       <c r="I9">
         <v>-8</v>
       </c>
       <c r="J9">
         <v>83</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
@@ -1495,51 +1495,51 @@
       </c>
       <c r="AL9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v xml:space="preserve">Stable Boys </v>
       </c>
       <c r="E10">
         <v>-8</v>
       </c>
       <c r="F10">
         <v>83</v>
       </c>
       <c r="H10" t="str">
-        <v>dankhead,dpatters,sivart333</v>
+        <v>dpatters,sivart333,dankhead</v>
       </c>
       <c r="I10">
         <v>-8</v>
       </c>
       <c r="J10">
         <v>83</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
@@ -1608,51 +1608,51 @@
       </c>
       <c r="AL10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Cam Skattebogeys</v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>86</v>
       </c>
       <c r="H11" t="str">
-        <v>nschles,grayant,lunarglacier</v>
+        <v>lunarglacier,grayant,nschles</v>
       </c>
       <c r="I11">
         <v>-5</v>
       </c>
       <c r="J11">
         <v>86</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -1721,51 +1721,51 @@
       </c>
       <c r="AL11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Frisbee Friends</v>
       </c>
       <c r="E12">
         <v>-4</v>
       </c>
       <c r="F12">
         <v>87</v>
       </c>
       <c r="H12" t="str">
-        <v>jaburch,drekil,davidflick</v>
+        <v>drekil,jaburch,davidflick</v>
       </c>
       <c r="I12">
         <v>-4</v>
       </c>
       <c r="J12">
         <v>87</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
@@ -1947,51 +1947,51 @@
       </c>
       <c r="AL13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Trio of Flingstruction</v>
       </c>
       <c r="E14">
         <v>-1</v>
       </c>
       <c r="F14">
         <v>90</v>
       </c>
       <c r="H14" t="str">
-        <v>mattwussow,iridesnow900,blackop</v>
+        <v>mattwussow,blackop,iridesnow900</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
       <c r="J14">
         <v>90</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>