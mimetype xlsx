--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -2583,51 +2583,51 @@
       </c>
       <c r="AF22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="E23" t="str">
         <v>GEN</v>
       </c>
       <c r="F23" t="str">
         <v>18</v>
       </c>
       <c r="G23">
         <v>18</v>
       </c>
       <c r="H23" t="str">
         <v>Dan walker</v>
       </c>
       <c r="I23">
         <v>5</v>
       </c>
       <c r="J23">
         <v>59</v>
       </c>
       <c r="L23" t="str">
-        <v>untouchable</v>
+        <v>treehumper</v>
       </c>
       <c r="M23">
         <v>5</v>
       </c>
       <c r="N23">
         <v>59</v>
       </c>
       <c r="O23">
         <v>4</v>
       </c>
       <c r="P23">
         <v>4</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
         <v>4</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>2</v>
       </c>