--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -2918,51 +2918,51 @@
       </c>
     </row>
     <row r="27">
       <c r="C27">
         <v>-3</v>
       </c>
       <c r="D27">
         <v>-5</v>
       </c>
       <c r="E27" t="str">
         <v>GEN</v>
       </c>
       <c r="F27" t="str">
         <v>DNF</v>
       </c>
       <c r="H27" t="str">
         <v>Dan walker</v>
       </c>
       <c r="I27">
         <v>2</v>
       </c>
       <c r="J27">
         <v>38</v>
       </c>
       <c r="L27" t="str">
-        <v>untouchable</v>
+        <v>treehumper</v>
       </c>
       <c r="M27">
         <v>2</v>
       </c>
       <c r="N27">
         <v>38</v>
       </c>
       <c r="O27">
         <v>5</v>
       </c>
       <c r="P27">
         <v>4</v>
       </c>
       <c r="Q27">
         <v>2</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>