--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -554,51 +554,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Keegan Remsen</v>
       </c>
       <c r="E2">
         <v>-10</v>
       </c>
       <c r="F2">
         <v>46</v>
       </c>
       <c r="G2">
         <v>49733</v>
       </c>
       <c r="H2" t="str">
-        <v>akbohartbum</v>
+        <v>keeganremsen</v>
       </c>
       <c r="I2">
         <v>-10</v>
       </c>
       <c r="J2">
         <v>46</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
@@ -1494,51 +1494,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>PROMA1</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="E13">
         <v>-1</v>
       </c>
       <c r="F13">
         <v>55</v>
       </c>
       <c r="G13">
         <v>131392</v>
       </c>
       <c r="H13" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="I13">
         <v>-1</v>
       </c>
       <c r="J13">
         <v>55</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>