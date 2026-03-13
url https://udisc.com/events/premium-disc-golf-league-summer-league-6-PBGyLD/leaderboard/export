--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -2188,51 +2188,51 @@
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>NOT</v>
       </c>
       <c r="B21" t="str">
         <v>6</v>
       </c>
       <c r="C21">
         <v>6</v>
       </c>
       <c r="D21" t="str">
         <v>Jordan Stellmaker</v>
       </c>
       <c r="E21">
         <v>10</v>
       </c>
       <c r="F21">
         <v>67</v>
       </c>
       <c r="H21" t="str">
-        <v>jordan8787</v>
+        <v>threefromthetee</v>
       </c>
       <c r="I21">
         <v>10</v>
       </c>
       <c r="J21">
         <v>67</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>