--- v0 (2025-10-21)
+++ v1 (2026-02-17)
@@ -4336,50 +4336,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>MA3</v>
       </c>
       <c r="B45" t="str">
         <v>T17</v>
       </c>
       <c r="C45">
         <v>17</v>
       </c>
       <c r="D45" t="str">
         <v>Charles Edmond</v>
       </c>
       <c r="E45">
         <v>13</v>
       </c>
       <c r="F45">
         <v>67</v>
       </c>
       <c r="G45">
         <v>1</v>
       </c>
+      <c r="H45">
+        <v>321478</v>
+      </c>
       <c r="I45" t="str">
         <v>chucked92</v>
       </c>
       <c r="J45">
         <v>13</v>
       </c>
       <c r="K45">
         <v>67</v>
       </c>
       <c r="L45">
         <v>2</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>4</v>
       </c>
       <c r="O45">
         <v>4</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
       <c r="Q45">