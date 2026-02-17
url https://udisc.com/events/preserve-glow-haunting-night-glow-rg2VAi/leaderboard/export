--- v0 (2025-12-10)
+++ v1 (2026-02-17)
@@ -1263,50 +1263,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>INT</v>
       </c>
       <c r="B10" t="str">
         <v>6</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10" t="str">
         <v>Charles Edmond</v>
       </c>
       <c r="E10">
         <v>17</v>
       </c>
       <c r="F10">
         <v>71</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
+      <c r="H10">
+        <v>321478</v>
+      </c>
       <c r="I10" t="str">
         <v>chucked92</v>
       </c>
       <c r="J10">
         <v>17</v>
       </c>
       <c r="K10">
         <v>71</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">