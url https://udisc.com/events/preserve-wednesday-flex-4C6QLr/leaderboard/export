--- v0 (2025-10-19)
+++ v1 (2026-02-17)
@@ -1702,50 +1702,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>NOV</v>
       </c>
       <c r="B15" t="str">
         <v>1</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15" t="str">
         <v>Charles Edmond</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>59</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
+      <c r="H15">
+        <v>321478</v>
+      </c>
       <c r="I15" t="str">
         <v>chucked92</v>
       </c>
       <c r="J15">
         <v>5</v>
       </c>
       <c r="K15">
         <v>59</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>
       <c r="Q15">